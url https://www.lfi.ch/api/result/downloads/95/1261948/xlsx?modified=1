--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,380 +14,380 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Strauchschicht-Deckungsgrad</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>degree of cover of the shrub layer</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1261948/443698</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Strauchschicht-Deckungsgrad</t>
+      <t xml:space="preserve">degree of cover of the shrub layer</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #454</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Bodenfläche, der von Bäumen und Sträuchern von 0,5 bis 3,0 m Höhe sowie von Ästen höherer Individuen derselben Arten in diesem Bereich überschirmt ist. Grundlage: Feldaufnahme (MID 277: Strauchschicht-Deckungsgrad)</t>
+    <t>Proportion of the ground area covered by trees and shrubs with a height of 0.5-3.0 m and by branches of taller individuals of the same species in the same area. Reference: Field Survey (MID 277: Strauchschicht-Deckungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,51 +739,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1778,51 +1778,51 @@
         <v>100.0</v>
       </c>
       <c r="AC20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD20" s="6">
         <v>100.0</v>
       </c>
       <c r="AE20" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1261948/443698</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1838,191 +1838,191 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Strauchschicht-Deckungsgrad</t>
+            <t xml:space="preserve">degree of cover of the shrub layer</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #454</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>