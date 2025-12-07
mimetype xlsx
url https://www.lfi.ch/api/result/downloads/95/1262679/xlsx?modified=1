--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>water body</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Gewässer</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>not a body of water</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>kein Gewässer</t>
+  </si>
+  <si>
+    <t>Tümpel</t>
+  </si>
+  <si>
+    <t>Weiher</t>
+  </si>
+  <si>
+    <t>schmaler Bach</t>
+  </si>
+  <si>
+    <t>breiter Bach</t>
+  </si>
+  <si>
+    <t>Fluss</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1262679/444429</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">water body</t>
+      <t xml:space="preserve">Gewässer</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #602</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with water bodies on the interpretation area (50 × 50 m), classified according to the type of the largest water body. Pond: 1-200 m², small lake: &gt;200 m², creek: channel width &lt;2 m, stream: 2-5 m, river: &gt; 5 m. Reference: Field Survey (MID 401: Gewässer)</t>
+    <t>Probeflächen ohne/mit Gewässern auf der Interpretationsfläche (50 × 50 m), eingeteilt nach der Art des grössten Gewässers. Tümpel: 1-200 m², Weiher: &gt;200 m², schmaler Bach: Gerinnebreite &lt;2 m, breiter Bach: 2-5 m, Fluss: &gt; 5 m. Grundlage: Feldaufnahme (MID 401: Gewässer)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>100.0</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6">
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1262679/444429</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">water body</t>
+            <t xml:space="preserve">Gewässer</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #602</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>