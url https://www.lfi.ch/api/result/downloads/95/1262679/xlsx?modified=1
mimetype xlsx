--- v1 (2025-12-07)
+++ v2 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Gewässer</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>corso d'acqua</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein Gewässer</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>nessun corso d'acqua</t>
+  </si>
+  <si>
+    <t>guazzo</t>
+  </si>
+  <si>
+    <t>stagno</t>
+  </si>
+  <si>
+    <t>ruscello stretto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ruscello largo </t>
+  </si>
+  <si>
+    <t>fiume</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1262679/444429</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gewässer</t>
+      <t xml:space="preserve">corso d'acqua</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #602</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Gewässern auf der Interpretationsfläche (50 × 50 m), eingeteilt nach der Art des grössten Gewässers. Tümpel: 1-200 m², Weiher: &gt;200 m², schmaler Bach: Gerinnebreite &lt;2 m, breiter Bach: 2-5 m, Fluss: &gt; 5 m. Grundlage: Feldaufnahme (MID 401: Gewässer)</t>
+    <t>Aree di saggio senza/con corsi d'acqua nell'area di interpretazione (50 × 50 m), classificate in base al tipo di corso d'acqua più grande. pozza d'acqua: 1-200 m², stagno: &gt;200 m², torrente stretto: larghezza &lt;2 m, torrente largo: 2-5 m, fiume: &gt;5 m. Fonte: rilievo sul terreno (MID 401: Gewässer)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>100.0</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6">
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1262679/444429</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gewässer</t>
+            <t xml:space="preserve">corso d'acqua</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #602</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>