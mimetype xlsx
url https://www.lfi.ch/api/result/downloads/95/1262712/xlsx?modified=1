--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>water body</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Gewässer</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>not a body of water</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>kein Gewässer</t>
+  </si>
+  <si>
+    <t>Tümpel</t>
+  </si>
+  <si>
+    <t>Weiher</t>
+  </si>
+  <si>
+    <t>schmaler Bach</t>
+  </si>
+  <si>
+    <t>breiter Bach</t>
+  </si>
+  <si>
+    <t>Fluss</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1262712/444462</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">water body</t>
+      <t xml:space="preserve">Gewässer</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #602</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with water bodies on the interpretation area (50 × 50 m), classified according to the type of the largest water body. Pond: 1-200 m², small lake: &gt;200 m², creek: channel width &lt;2 m, stream: 2-5 m, river: &gt; 5 m. Reference: Field Survey (MID 401: Gewässer)</t>
+    <t>Probeflächen ohne/mit Gewässern auf der Interpretationsfläche (50 × 50 m), eingeteilt nach der Art des grössten Gewässers. Tümpel: 1-200 m², Weiher: &gt;200 m², schmaler Bach: Gerinnebreite &lt;2 m, breiter Bach: 2-5 m, Fluss: &gt; 5 m. Grundlage: Feldaufnahme (MID 401: Gewässer)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>100.0</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6">
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1262712/444462</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">water body</t>
+            <t xml:space="preserve">Gewässer</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #602</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>