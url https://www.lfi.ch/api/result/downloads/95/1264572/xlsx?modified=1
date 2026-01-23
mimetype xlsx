--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Standortgüte</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>fertilità della stazione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">gering </t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>scarsa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">media </t>
+  </si>
+  <si>
+    <t>buona</t>
+  </si>
+  <si>
+    <t>molto buona</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1264572/446322</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Standortgüte</t>
+      <t xml:space="preserve">fertilità della stazione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #894</t>
     </r>
   </si>
   <si>
-    <t>Produktionsfähigkeit des Standorts in vier Klassen aufgrund der Gesamtwuchsleistung (GWL) nach Keller (1978) in Kilogramm pro Hektar und Jahr. Gering: GWL bis 1500 kg/(ha×J), mässig: GWL 1501-3000 kg/(ha×J), gut: GWL 3001-4500 kg/(ha×J), sehr gut: GWL über 4500 kg/(ha×J).</t>
+    <t>Capacità produttiva della stazione in quattro classi in base alla produzione totale (PT) secondo Keller (1978) in chilogrammi per ettaro e anno. Scarsa: PT fino a 1500 kg/(ha×anno), media: PT 1501-3000 kg/(ha×anno), buona: PT 3001-4500 kg/(ha×anno), molto buona: PT sopra 4500 kg/(ha×anno)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>29.3</v>
       </c>
       <c r="M18" s="6">
         <v>4</v>
       </c>
       <c r="N18" s="6">
         <v>30.7</v>
       </c>
       <c r="O18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1264572/446322</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Standortgüte</t>
+            <t xml:space="preserve">fertilità della stazione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #894</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>