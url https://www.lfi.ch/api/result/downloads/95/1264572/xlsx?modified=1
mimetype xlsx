--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fertilità della stazione</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>site quality</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>scarsa</t>
-[...11 lines deleted...]
-    <t>totale</t>
+    <t>low</t>
+  </si>
+  <si>
+    <t>moderate</t>
+  </si>
+  <si>
+    <t>good</t>
+  </si>
+  <si>
+    <t>very good</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1264572/446322</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fertilità della stazione</t>
+      <t xml:space="preserve">site quality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #894</t>
     </r>
   </si>
   <si>
-    <t>Capacità produttiva della stazione in quattro classi in base alla produzione totale (PT) secondo Keller (1978) in chilogrammi per ettaro e anno. Scarsa: PT fino a 1500 kg/(ha×anno), media: PT 1501-3000 kg/(ha×anno), buona: PT 3001-4500 kg/(ha×anno), molto buona: PT sopra 4500 kg/(ha×anno)</t>
+    <t>Production capacity of the site in kilograms per hectare and year based on the total mean increment (TMI) according to Keller (1978) - in four classes. Low: TMI ≤1500 kg/(ha/year), moderate: TMI 1501-3000 kg/(ha/year), good: TMI 3001-4500 kg/(ha/year), very good: TMI &gt;4500 kg/(ha/year).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>29.3</v>
       </c>
       <c r="M18" s="6">
         <v>4</v>
       </c>
       <c r="N18" s="6">
         <v>30.7</v>
       </c>
       <c r="O18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1264572/446322</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fertilità della stazione</t>
+            <t xml:space="preserve">site quality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #894</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>