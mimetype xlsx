--- v0 (2025-11-17)
+++ v1 (2025-11-18)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>deadwood volume of stumps</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1268710/450460</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen der Stöcke</t>
+      <t xml:space="preserve">deadwood volume of stumps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #395</t>
     </r>
   </si>
   <si>
-    <t>Volumen der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt.</t>
+    <t>Volume of stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>713</v>
       </c>
       <c r="K16" s="6">
         <v>14</v>
       </c>
       <c r="L16" s="6">
         <v>14364</v>
       </c>
       <c r="M16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1268710/450460</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen der Stöcke</t>
+            <t xml:space="preserve">deadwood volume of stumps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #395</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>