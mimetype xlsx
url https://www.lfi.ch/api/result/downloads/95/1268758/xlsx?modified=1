--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>damage gap</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>area danneggiata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no damage gap</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>nessun area danneggiata</t>
+  </si>
+  <si>
+    <t>&lt;5 are</t>
+  </si>
+  <si>
+    <t>5-10 are</t>
+  </si>
+  <si>
+    <t>10-50 are</t>
+  </si>
+  <si>
+    <t>&gt;50 are</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1268758/450508</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">damage gap</t>
+      <t xml:space="preserve">area danneggiata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2398</t>
     </r>
   </si>
   <si>
-    <t>Size of the adjacent areas on which the trees were so severely damaged during an event (e.g. storm, drought, insect or fungal infestation, or timber harvest) that they died immediately or are most likely to soon die – in five classes..Reference: Field Survey (MID 996: Fläche des Schadens am Probeflächenzentrum), together with Forest Service Survey (MID 600: Art der Schadenflächen)</t>
+    <t>Estensione dell'area contigua in cui gli alberi sono stati danneggiati così gravemente nel corso di un evento (ad es. tempesta, siccità, infestazione da insetti o funghi, raccolta di legname) da morire immediatamente o da avere tuttora un'elevata probabilità di morire, in cinque classi. Fonte: rilievo sul terreno (MID 996: Fläche des Schadens am Probeflächenzentrum) in combinazione con l'inchiesta presso il servizio forestale (MID 600: Art der Schadenfläche)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2329,51 +2329,51 @@
         <v>50.2</v>
       </c>
       <c r="AY19" s="6">
         <v>7</v>
       </c>
       <c r="AZ19" s="6">
         <v>1176.4</v>
       </c>
       <c r="BA19" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1268758/450508</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">damage gap</t>
+            <t xml:space="preserve">area danneggiata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2398</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>