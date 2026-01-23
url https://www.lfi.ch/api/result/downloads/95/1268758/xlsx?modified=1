--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>area danneggiata</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Schadenfläche</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessun area danneggiata</t>
-[...14 lines deleted...]
-    <t>totale</t>
+    <t>keine Schadenfläche</t>
+  </si>
+  <si>
+    <t>&lt;5 Aren</t>
+  </si>
+  <si>
+    <t>5-10 Aren</t>
+  </si>
+  <si>
+    <t>10-50 Aren</t>
+  </si>
+  <si>
+    <t>&gt;50 Aren</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1268758/450508</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area danneggiata</t>
+      <t xml:space="preserve">Schadenfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2398</t>
     </r>
   </si>
   <si>
-    <t>Estensione dell'area contigua in cui gli alberi sono stati danneggiati così gravemente nel corso di un evento (ad es. tempesta, siccità, infestazione da insetti o funghi, raccolta di legname) da morire immediatamente o da avere tuttora un'elevata probabilità di morire, in cinque classi. Fonte: rilievo sul terreno (MID 996: Fläche des Schadens am Probeflächenzentrum) in combinazione con l'inchiesta presso il servizio forestale (MID 600: Art der Schadenfläche)</t>
+    <t>Grösse der zusammenhängenden Fläche, auf der die Bäume im Zuge eines Ereignisses (z.B. Sturm, Trockenheit, Insekten- oder Pilzbefall, Holzernte) so stark beschädigt wurden, dass sie sofort abstarben oder mit hoher Wahrscheinlichkeit noch absterben, in fünf Klassen. Grundlage: Feldaufnahme (MID 996: Fläche des Schadens am Probeflächenzentrum) in Kombination mit Forstdienstbefragung (MID 600: Art der Schadenflächen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2329,51 +2329,51 @@
         <v>50.2</v>
       </c>
       <c r="AY19" s="6">
         <v>7</v>
       </c>
       <c r="AZ19" s="6">
         <v>1176.4</v>
       </c>
       <c r="BA19" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1268758/450508</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area danneggiata</t>
+            <t xml:space="preserve">Schadenfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2398</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>