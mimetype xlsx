--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>area danneggiata</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>damage gap</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...47 lines deleted...]
-    <t>Svizzera</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessun area danneggiata</t>
-[...14 lines deleted...]
-    <t>totale</t>
+    <t>no damage gap</t>
+  </si>
+  <si>
+    <t>&lt;5 ares</t>
+  </si>
+  <si>
+    <t>5-10 ares</t>
+  </si>
+  <si>
+    <t>10-50 ares</t>
+  </si>
+  <si>
+    <t>&gt;50 ares</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1268765/450515</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area danneggiata</t>
+      <t xml:space="preserve">damage gap</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2398</t>
     </r>
   </si>
   <si>
-    <t>Estensione dell'area contigua in cui gli alberi sono stati danneggiati così gravemente nel corso di un evento (ad es. tempesta, siccità, infestazione da insetti o funghi, raccolta di legname) da morire immediatamente o da avere tuttora un'elevata probabilità di morire, in cinque classi. Fonte: rilievo sul terreno (MID 996: Fläche des Schadens am Probeflächenzentrum) in combinazione con l'inchiesta presso il servizio forestale (MID 600: Art der Schadenfläche)</t>
+    <t>Size of the adjacent areas on which the trees were so severely damaged during an event (e.g. storm, drought, insect or fungal infestation, or timber harvest) that they died immediately or are most likely to soon die – in five classes..Reference: Field Survey (MID 996: Fläche des Schadens am Probeflächenzentrum), together with Forest Service Survey (MID 600: Art der Schadenflächen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1680,51 +1680,51 @@
         <v>158.8</v>
       </c>
       <c r="AC19" s="6">
         <v>2</v>
       </c>
       <c r="AD19" s="6">
         <v>1211.5</v>
       </c>
       <c r="AE19" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1268765/450515</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area danneggiata</t>
+            <t xml:space="preserve">damage gap</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2398</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>