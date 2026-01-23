--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against rockfall (2022) · degree of cover of established regeneration</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Deckungsgrad der gesicherten Verjüngung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>degree of cover of established regeneration</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022)</t>
+  </si>
+  <si>
+    <t>Deckungsgrad der gesicherten Verjüngung</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>total</t>
-[...5 lines deleted...]
-    <t>outside</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1272072/453822</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of cover of established regeneration</t>
+      <t xml:space="preserve">Deckungsgrad der gesicherten Verjüngung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #636</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the ground area that is covered by established regeneration, i.e. by living coniferous and broadleaved trees ≥1.3 m in height and 11.9 cm in diameter at breast height (dbh). Reference: Field Survey (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
+    <t>Anteil der Bodenfläche, der von gesicherter Verjüngung überschirmt ist, d.h. von lebenden Nadel- und Laubbäumen ab 1,3 m Höhe bis 11,9 cm Brusthöhendurchmesser (BHD). Das Merkmal ist ab dem LFI3 (2004-2006) verfügbar. Grundlage: Feldaufnahme (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2668,270 +2668,270 @@
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O48" s="6">
         <v>100.0</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1272072/453822</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
       <c r="P49" s="3"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of cover of established regeneration</t>
+            <t xml:space="preserve">Deckungsgrad der gesicherten Verjüngung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #636</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>