--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Deckungsgrad der gesicherten Verjüngung</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022) · grado di copertura della rinnovazione affermata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Deckungsgrad der gesicherten Verjüngung</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
+  </si>
+  <si>
+    <t>grado di copertura della rinnovazione affermata</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>Total</t>
-[...5 lines deleted...]
-    <t>ausserhalb</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1272072/453822</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Deckungsgrad der gesicherten Verjüngung</t>
+      <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #636</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Bodenfläche, der von gesicherter Verjüngung überschirmt ist, d.h. von lebenden Nadel- und Laubbäumen ab 1,3 m Höhe bis 11,9 cm Brusthöhendurchmesser (BHD). Das Merkmal ist ab dem LFI3 (2004-2006) verfügbar. Grundlage: Feldaufnahme (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
+    <t>Percentuale della superficie coperta da rinnovazione affermata, ossia dalle specie arboree di conifere e latifoglie a partire da 1,3 m di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU). Questa variabile è disponibile a partire dall'IFN3 (2004-2006). Fonte: rilievo sul terreno (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2668,270 +2668,270 @@
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O48" s="6">
         <v>100.0</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1272072/453822</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
       <c r="P49" s="3"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Deckungsgrad der gesicherten Verjüngung</t>
+            <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #636</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>