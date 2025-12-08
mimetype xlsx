--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Deckungsgrad der gesicherten Verjüngung</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022) · degree of cover of established regeneration</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>Deckungsgrad der gesicherten Verjüngung</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022)</t>
+  </si>
+  <si>
+    <t>degree of cover of established regeneration</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>Total</t>
-[...5 lines deleted...]
-    <t>ausserhalb</t>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1272080/453830</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+      <t xml:space="preserve">protective forest against rockfall (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Deckungsgrad der gesicherten Verjüngung</t>
+      <t xml:space="preserve">degree of cover of established regeneration</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #636</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Bodenfläche, der von gesicherter Verjüngung überschirmt ist, d.h. von lebenden Nadel- und Laubbäumen ab 1,3 m Höhe bis 11,9 cm Brusthöhendurchmesser (BHD). Das Merkmal ist ab dem LFI3 (2004-2006) verfügbar. Grundlage: Feldaufnahme (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
+    <t>Proportion of the ground area that is covered by established regeneration, i.e. by living coniferous and broadleaved trees ≥1.3 m in height and 11.9 cm in diameter at breast height (dbh). Reference: Field Survey (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2435,268 +2435,268 @@
         <v>100.0</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="6">
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1272080/453830</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+            <t xml:space="preserve">protective forest against rockfall (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:14" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Deckungsgrad der gesicherten Verjüngung</t>
+            <t xml:space="preserve">degree of cover of established regeneration</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #636</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:14" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:14" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>