--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against rockfall (2022) · degree of cover of established regeneration</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022) · grado di copertura della rinnovazione affermata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>degree of cover of established regeneration</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
+  </si>
+  <si>
+    <t>grado di copertura della rinnovazione affermata</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>total</t>
-[...5 lines deleted...]
-    <t>outside</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1272080/453830</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of cover of established regeneration</t>
+      <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #636</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the ground area that is covered by established regeneration, i.e. by living coniferous and broadleaved trees ≥1.3 m in height and 11.9 cm in diameter at breast height (dbh). Reference: Field Survey (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
+    <t>Percentuale della superficie coperta da rinnovazione affermata, ossia dalle specie arboree di conifere e latifoglie a partire da 1,3 m di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU). Questa variabile è disponibile a partire dall'IFN3 (2004-2006). Fonte: rilievo sul terreno (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2435,268 +2435,268 @@
         <v>100.0</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="6">
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1272080/453830</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:14" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of cover of established regeneration</t>
+            <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #636</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:14" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:14" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>