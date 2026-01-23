--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,424 +14,424 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione contro cadute di massi (2022) · grado di copertura della rinnovazione affermata</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Deckungsgrad der gesicherten Verjüngung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...53 lines deleted...]
-    <t>grado di copertura della rinnovazione affermata</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022)</t>
+  </si>
+  <si>
+    <t>Deckungsgrad der gesicherten Verjüngung</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>totale</t>
-[...5 lines deleted...]
-    <t>all'esterno</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1272149/453899</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
+      <t xml:space="preserve">Deckungsgrad der gesicherten Verjüngung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #636</t>
     </r>
   </si>
   <si>
-    <t>Percentuale della superficie coperta da rinnovazione affermata, ossia dalle specie arboree di conifere e latifoglie a partire da 1,3 m di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU). Questa variabile è disponibile a partire dall'IFN3 (2004-2006). Fonte: rilievo sul terreno (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
+    <t>Anteil der Bodenfläche, der von gesicherter Verjüngung überschirmt ist, d.h. von lebenden Nadel- und Laubbäumen ab 1,3 m Höhe bis 11,9 cm Brusthöhendurchmesser (BHD). Das Merkmal ist ab dem LFI3 (2004-2006) verfügbar. Grundlage: Feldaufnahme (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,52 +783,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -4532,51 +4532,51 @@
         <v>100.0</v>
       </c>
       <c r="AD48" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE48" s="6">
         <v>100.0</v>
       </c>
       <c r="AF48" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1272149/453899</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
@@ -4592,226 +4592,226 @@
       <c r="V49" s="3"/>
       <c r="W49" s="3"/>
       <c r="X49" s="3"/>
       <c r="Y49" s="3"/>
       <c r="Z49" s="3"/>
       <c r="AA49" s="3"/>
       <c r="AB49" s="3"/>
       <c r="AC49" s="3"/>
       <c r="AD49" s="3"/>
       <c r="AE49" s="3"/>
       <c r="AF49" s="3"/>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="58" spans="1:32">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
+            <t xml:space="preserve">Deckungsgrad der gesicherten Verjüngung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #636</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:32" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="61" spans="1:32">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:32" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:32" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:32" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>