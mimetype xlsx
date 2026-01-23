--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,411 +14,411 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS, 3 classes) · stand relevant for regeneration · type of regeneration</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (3 Klassen) · verjüngungsrelevanter Bestand · Verjüngungsart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>type of regeneration</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>montan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch, kollin, submontan</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>verjüngungsrelevanter Bestand</t>
+  </si>
+  <si>
+    <t>Verjüngungsart</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>natural</t>
-[...17 lines deleted...]
-    <t>no stand relevant for regeneration</t>
+    <t>natürlich</t>
+  </si>
+  <si>
+    <t>künstlich (Pflanzung)</t>
+  </si>
+  <si>
+    <t>gemischt</t>
+  </si>
+  <si>
+    <t>Jungwuchs/Dickung</t>
+  </si>
+  <si>
+    <t>Verjüngung unter Schirm</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>kein verjüngungsrelevanter Bestand</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1276410/458160</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand relevant for regeneration</t>
+      <t xml:space="preserve">verjüngungsrelevanter Bestand</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #757</t>
     </r>
   </si>
   <si>
-    <t>Stand in which the existing regeneration is very important because it is most likely to form the future main stand. In NFI, this is understood to mean the development stage young growth/thicket, regeneration under shelterwood and selection-type high forest. Reference: Field Survey (MID 261: Entwicklungsstufe, MID 433: Waldbauliche Beurteilung, MID 267: Bestandesstruktur); Forstdienstbefragung (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Bestände, in denen die vorhandene Verjüngung eine grosse Bedeutung hat, weil sie höchstwahrscheinlich den zukünftigen Hauptbestand bilden wird. Im LFI werden darunter die Entwicklungsstufe Jungwuchs/Dickung, die Verjüngung unter Schirm und der Waldtyp plenterartiger Hochwald verstanden. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe, MID 433: Waldbauliche Beurteilung, MID 267: Bestandesstruktur); Forstdienstbefragung (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of regeneration</t>
+      <t xml:space="preserve">Verjüngungsart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #320</t>
     </r>
   </si>
   <si>
-    <t>Type of stand establishment, with natural and artificial regeneration distinguished. Reference: Field Survey (MID 275: Verjüngungsart)</t>
+    <t>Art der Bestandesbegründung, wobei zwischen natürlicher und künstlicher Verjüngung unterschieden wird. Grundlage: Feldaufnahme (MID 275: Verjüngungsart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,51 +771,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -1813,299 +1813,299 @@
         <v>301.1</v>
       </c>
       <c r="H42" s="6">
         <v>2</v>
       </c>
       <c r="I42" s="6">
         <v>1176.4</v>
       </c>
       <c r="J42" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1276410/458160</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand relevant for regeneration</t>
+            <t xml:space="preserve">verjüngungsrelevanter Bestand</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #757</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of regeneration</t>
+            <t xml:space="preserve">Verjüngungsart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #320</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>