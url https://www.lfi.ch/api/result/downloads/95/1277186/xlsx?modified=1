--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · aspect (5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi) · esposizione (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>aspect (5 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
+  </si>
+  <si>
+    <t>esposizione (5 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>indetermined</t>
+    <t>indeterminata</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
-    <t>W</t>
-[...11 lines deleted...]
-    <t>shrub forest</t>
+    <t>O</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1277186/458936</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">aspect (5 classes)</t>
+      <t xml:space="preserve">esposizione (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1033</t>
     </r>
   </si>
   <si>
-    <t>Aspect, classified into the following five classes: North, East, South, West and indeterminate. «Indeterminate» means that the slope is ≤10%. Reference: Field Survey (MID 191: Azimut der Exposition)</t>
+    <t>Esposizione secondo le seguenti cinque classi: nord, est, sud, ovest e indeterminata. «Indeterminata» significa che la superficie ha una pendenza ≤10%. Fonte: rilievo sul terreno (MID 191: Azimut der Exposition)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2619,270 +2619,270 @@
         <v>100.0</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O47" s="6">
         <v>100.0</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1277186/458936</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">aspect (5 classes)</t>
+            <t xml:space="preserve">esposizione (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1033</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>