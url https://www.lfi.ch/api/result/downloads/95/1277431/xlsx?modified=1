--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,382 +14,382 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>forêt sans la forêt buissonnante, forêt buissonnante · propriété (2 classes)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest · ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, sous-total</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région de production</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Préalpes</t>
-[...14 lines deleted...]
-    <t>propriété (2 classes)</t>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>publique</t>
-[...2 lines deleted...]
-    <t>privée</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>forêt sans la forêt buissonnante</t>
-[...2 lines deleted...]
-    <t>forêt buissonnante</t>
+    <t>forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1277431/459181</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt sans la forêt buissonnante, forêt buissonnante</t>
+      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Forêt répartie en deux classes (forêt sans la forêt buissonnante, forêt buissonnante). Source: relevé de terrain (MID 816) ou - si la forêt n'est pas accessible - interprétation des photos aériennes</t>
+    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">propriété (2 classes)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Régime de propriété de la forêt, identifié à l'aide des deux classes «public» et «privé». Source: enquête auprès des services forestiers (MID 365: Propriété)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt IFN4/IFN5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026).</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -741,52 +741,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64.699" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -1580,268 +1580,268 @@
         <v>100.0</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="6">
         <v>100.0</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:14" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1277431/459181</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:14" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt sans la forêt buissonnante, forêt buissonnante</t>
+            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:14" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">propriété (2 classes)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:14" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:14" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt IFN4/IFN5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>