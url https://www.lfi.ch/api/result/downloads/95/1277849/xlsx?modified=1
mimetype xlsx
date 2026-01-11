--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco esclusi gli arbusteti, arbusteto · proprietà (2 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest · ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...53 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...11 lines deleted...]
-    <t>arbusteto</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1277849/459599</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Tipo di bosco in due classi (bosco esclusi gli arbusteti, arbusteto). Fonte: rilievo sul terreno (MID 816) oppure, se il bosco non è accessibile, interpretazione di foto aeree</t>
+    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,52 +768,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2597,51 +2597,51 @@
         <v>172.7</v>
       </c>
       <c r="AD28" s="6">
         <v>2</v>
       </c>
       <c r="AE28" s="6">
         <v>1270.3</v>
       </c>
       <c r="AF28" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:32" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1277849/459599</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
@@ -2657,226 +2657,226 @@
       <c r="V29" s="3"/>
       <c r="W29" s="3"/>
       <c r="X29" s="3"/>
       <c r="Y29" s="3"/>
       <c r="Z29" s="3"/>
       <c r="AA29" s="3"/>
       <c r="AB29" s="3"/>
       <c r="AC29" s="3"/>
       <c r="AD29" s="3"/>
       <c r="AE29" s="3"/>
       <c r="AF29" s="3"/>
     </row>
     <row r="32" spans="1:32">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:32" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="38" spans="1:32">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:32" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:32" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:32" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:32" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>