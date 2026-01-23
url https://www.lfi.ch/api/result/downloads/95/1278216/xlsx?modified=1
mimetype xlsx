--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Vortransportdistanz</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> prehauling distance</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>=2000 m</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2001-4000 m</t>
   </si>
   <si>
     <t>4001-6000 m</t>
   </si>
   <si>
     <t>&gt;6000 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1278216/459966</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vortransportdistanz</t>
+      <t xml:space="preserve"> prehauling distance</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1924</t>
     </r>
   </si>
   <si>
-    <t>Horizontaldistanz, die das Holz auf einer beschränkt lastwagenbefahrbaren Strasse bis zum Verkaufsort (Polterplatz, Holzplatz, Bahnstation) zurücklegt in vier Klassen. Beschränkt lastwagenbefahrbar bedeutet, dass die Strasse wegen permanenter Engpässe oder Stellen mit Tragkraft unter 28 t nicht mit mindestens 4-achsigen Lastwagen befahren werden kann. Grundlage: Forstdienstbefragung (MID 3060: Vortransportlinie)</t>
+    <t>Horizontal distance that the timber travels on a road with limited truck drivability to the point of sale (timber yard or railway station) in four classes. Restricted truck access means that the road cannot be used by trucks with fewer than 4 axles due to permanent bottlenecks or places with a load capacity of less than 28 tonnes. Reference: Forest Service Survey (MID 3060: Vortransportlinie)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2168,51 +2168,51 @@
         <v>100.0</v>
       </c>
       <c r="AY18" s="7" t="s">
         <v>39</v>
       </c>
       <c r="AZ18" s="7">
         <v>100.0</v>
       </c>
       <c r="BA18" s="7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1278216/459966</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2250,191 +2250,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vortransportdistanz</t>
+            <t xml:space="preserve"> prehauling distance</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1924</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>