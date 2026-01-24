--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Vortransportdistanz</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> prehauling distance</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>=2000 m</t>
   </si>
   <si>
     <t>2001-4000 m</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>4001-6000 m</t>
   </si>
   <si>
     <t>&gt;6000 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1278287/460037</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vortransportdistanz</t>
+      <t xml:space="preserve"> prehauling distance</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1924</t>
     </r>
   </si>
   <si>
-    <t>Horizontaldistanz, die das Holz auf einer beschränkt lastwagenbefahrbaren Strasse bis zum Verkaufsort (Polterplatz, Holzplatz, Bahnstation) zurücklegt in vier Klassen. Beschränkt lastwagenbefahrbar bedeutet, dass die Strasse wegen permanenter Engpässe oder Stellen mit Tragkraft unter 28 t nicht mit mindestens 4-achsigen Lastwagen befahren werden kann. Grundlage: Forstdienstbefragung (MID 3060: Vortransportlinie)</t>
+    <t>Horizontal distance that the timber travels on a road with limited truck drivability to the point of sale (timber yard or railway station) in four classes. Restricted truck access means that the road cannot be used by trucks with fewer than 4 axles due to permanent bottlenecks or places with a load capacity of less than 28 tonnes. Reference: Forest Service Survey (MID 3060: Vortransportlinie)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1108,233 +1108,233 @@
         <v>120.7</v>
       </c>
       <c r="K18" s="7">
         <v>3</v>
       </c>
       <c r="L18" s="7">
         <v>1049.5</v>
       </c>
       <c r="M18" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1278287/460037</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vortransportdistanz</t>
+            <t xml:space="preserve"> prehauling distance</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1924</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>