--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Vortransportdistanz</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>distanza del pre-trasporto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>=2000 m</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2001-4000 m</t>
   </si>
   <si>
     <t>4001-6000 m</t>
   </si>
   <si>
     <t>&gt;6000 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1278301/460051</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vortransportdistanz</t>
+      <t xml:space="preserve">distanza del pre-trasporto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1924</t>
     </r>
   </si>
   <si>
-    <t>Horizontaldistanz, die das Holz auf einer beschränkt lastwagenbefahrbaren Strasse bis zum Verkaufsort (Polterplatz, Holzplatz, Bahnstation) zurücklegt in vier Klassen. Beschränkt lastwagenbefahrbar bedeutet, dass die Strasse wegen permanenter Engpässe oder Stellen mit Tragkraft unter 28 t nicht mit mindestens 4-achsigen Lastwagen befahren werden kann. Grundlage: Forstdienstbefragung (MID 3060: Vortransportlinie)</t>
+    <t>Distanza orizzontale percorsa dal legname su una strada ad accesso limitato per i camion fino al punto di vendita (catasta o deposito di legname, stazione ferroviaria), in quattro classi. Accesso limitato per i camion significa che la strada non può essere utilizzata da camion con almeno 4 assi a causa di strettoie permanenti o punti con una capacità di carico inferiore a 28 tonnellate. Fonte: inchiesta presso il servizio forestale (MID 3060: Vortransportlinie)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1161,235 +1161,235 @@
         <v>152.5</v>
       </c>
       <c r="M18" s="7">
         <v>2</v>
       </c>
       <c r="N18" s="7">
         <v>1176.4</v>
       </c>
       <c r="O18" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1278301/460051</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vortransportdistanz</t>
+            <t xml:space="preserve">distanza del pre-trasporto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1924</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>