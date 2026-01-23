--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> prehauling distance</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>distanza del pre-trasporto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>=2000 m</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2001-4000 m</t>
   </si>
   <si>
     <t>4001-6000 m</t>
   </si>
   <si>
     <t>&gt;6000 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1278303/460053</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve"> prehauling distance</t>
+      <t xml:space="preserve">distanza del pre-trasporto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1924</t>
     </r>
   </si>
   <si>
-    <t>Horizontal distance that the timber travels on a road with limited truck drivability to the point of sale (timber yard or railway station) in four classes. Restricted truck access means that the road cannot be used by trucks with fewer than 4 axles due to permanent bottlenecks or places with a load capacity of less than 28 tonnes. Reference: Forest Service Survey (MID 3060: Vortransportlinie)</t>
+    <t>Distanza orizzontale percorsa dal legname su una strada ad accesso limitato per i camion fino al punto di vendita (catasta o deposito di legname, stazione ferroviaria), in quattro classi. Accesso limitato per i camion significa che la strada non può essere utilizzata da camion con almeno 4 assi a causa di strettoie permanenti o punti con una capacità di carico inferiore a 28 tonnellate. Fonte: inchiesta presso il servizio forestale (MID 3060: Vortransportlinie)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1585,51 +1585,51 @@
         <v>152.5</v>
       </c>
       <c r="AC18" s="7">
         <v>2</v>
       </c>
       <c r="AD18" s="7">
         <v>1176.4</v>
       </c>
       <c r="AE18" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:31" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1278303/460053</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -1645,191 +1645,191 @@
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve"> prehauling distance</t>
+            <t xml:space="preserve">distanza del pre-trasporto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1924</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>