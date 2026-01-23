--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> prehauling distance</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Vortransportdistanz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>=2000 m</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2001-4000 m</t>
   </si>
   <si>
     <t>4001-6000 m</t>
   </si>
   <si>
     <t>&gt;6000 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1278316/460066</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve"> prehauling distance</t>
+      <t xml:space="preserve">Vortransportdistanz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1924</t>
     </r>
   </si>
   <si>
-    <t>Horizontal distance that the timber travels on a road with limited truck drivability to the point of sale (timber yard or railway station) in four classes. Restricted truck access means that the road cannot be used by trucks with fewer than 4 axles due to permanent bottlenecks or places with a load capacity of less than 28 tonnes. Reference: Forest Service Survey (MID 3060: Vortransportlinie)</t>
+    <t>Horizontaldistanz, die das Holz auf einer beschränkt lastwagenbefahrbaren Strasse bis zum Verkaufsort (Polterplatz, Holzplatz, Bahnstation) zurücklegt in vier Klassen. Beschränkt lastwagenbefahrbar bedeutet, dass die Strasse wegen permanenter Engpässe oder Stellen mit Tragkraft unter 28 t nicht mit mindestens 4-achsigen Lastwagen befahren werden kann. Grundlage: Forstdienstbefragung (MID 3060: Vortransportlinie)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2168,51 +2168,51 @@
         <v>49.0</v>
       </c>
       <c r="AY18" s="7">
         <v>6</v>
       </c>
       <c r="AZ18" s="7">
         <v>1202.2</v>
       </c>
       <c r="BA18" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1278316/460066</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2250,191 +2250,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve"> prehauling distance</t>
+            <t xml:space="preserve">Vortransportdistanz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1924</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>