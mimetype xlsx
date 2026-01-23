--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> prehauling distance</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>distanza del pre-trasporto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>=2000 m</t>
   </si>
   <si>
     <t>2001-4000 m</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>4001-6000 m</t>
   </si>
   <si>
     <t>&gt;6000 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1278319/460069</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve"> prehauling distance</t>
+      <t xml:space="preserve">distanza del pre-trasporto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1924</t>
     </r>
   </si>
   <si>
-    <t>Horizontal distance that the timber travels on a road with limited truck drivability to the point of sale (timber yard or railway station) in four classes. Restricted truck access means that the road cannot be used by trucks with fewer than 4 axles due to permanent bottlenecks or places with a load capacity of less than 28 tonnes. Reference: Forest Service Survey (MID 3060: Vortransportlinie)</t>
+    <t>Distanza orizzontale percorsa dal legname su una strada ad accesso limitato per i camion fino al punto di vendita (catasta o deposito di legname, stazione ferroviaria), in quattro classi. Accesso limitato per i camion significa che la strada non può essere utilizzata da camion con almeno 4 assi a causa di strettoie permanenti o punti con una capacità di carico inferiore a 28 tonnellate. Fonte: inchiesta presso il servizio forestale (MID 3060: Vortransportlinie)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1161,235 +1161,235 @@
         <v>158.3</v>
       </c>
       <c r="M18" s="7">
         <v>2</v>
       </c>
       <c r="N18" s="7">
         <v>1202.2</v>
       </c>
       <c r="O18" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1278319/460069</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve"> prehauling distance</t>
+            <t xml:space="preserve">distanza del pre-trasporto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1924</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>