--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>numero di danni</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total number of stems</t>
+  </si>
+  <si>
+    <t>number of cases of damage</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessun danno visibile</t>
-[...11 lines deleted...]
-    <t>totale</t>
+    <t>no visible damage</t>
+  </si>
+  <si>
+    <t>one visible damage</t>
+  </si>
+  <si>
+    <t>two or more visible damages</t>
+  </si>
+  <si>
+    <t>dead or lying tree</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1279082/460832</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero totale di fusti</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di danni</t>
+      <t xml:space="preserve">number of cases of damage</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #653</t>
     </r>
   </si>
   <si>
-    <t>Classificazione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in base al numero di danni visibili o alle condizioni dell'albero (vivo/morto, in piedi/a terra), in quattro classi. Fonte: rilievo sul terreno (MID 1018: Baumzustand, MID 1027: Baumschadenart)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into four classes according to the number of visible cases of damage or the condition of the tree (living/dead, standing/lying). Reference: Field Survey (MID 1018: Baumzustand, MID 1027: Baumschadenart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="6">
         <v>100.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1279082/460832</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero totale di fusti</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di danni</t>
+            <t xml:space="preserve">number of cases of damage</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #653</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>