--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Gesamtstammzahl</t>
+    <t>numero totale di fusti</t>
   </si>
   <si>
-    <t>Hauptbaumart · Baumzustand (lebend/tot)</t>
+    <t>specie arborea principale · stato dell'albero (vivo/morto)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 Stk.</t>
+      <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,317 +172,317 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
-    <t>Baumzustand (lebend/tot)</t>
+    <t>stato dell'albero (vivo/morto)</t>
   </si>
   <si>
-    <t>1000 Stk.</t>
+    <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lebend</t>
+    <t>vivo</t>
   </si>
   <si>
-    <t>tot</t>
+    <t>morto</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>non determinabile</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1279247/460997</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">numero totale di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumzustand (lebend/tot)</t>
+      <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in lebende oder tote. Grundlage: Feldaufnahme (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Suddivisione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in vivi o morti. Fonte: rilievo sul terreno (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -834,103 +834,103 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="47" max="47" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:54">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:54">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:54">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:54">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:54">
       <c r="A5" t="s">
@@ -11023,51 +11023,51 @@
         <v>18188</v>
       </c>
       <c r="AZ72" s="6">
         <v>10</v>
       </c>
       <c r="BA72" s="6">
         <v>557462</v>
       </c>
       <c r="BB72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:54" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1279247/460997</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -11105,226 +11105,226 @@
       <c r="AR73" s="3"/>
       <c r="AS73" s="3"/>
       <c r="AT73" s="3"/>
       <c r="AU73" s="3"/>
       <c r="AV73" s="3"/>
       <c r="AW73" s="3"/>
       <c r="AX73" s="3"/>
       <c r="AY73" s="3"/>
       <c r="AZ73" s="3"/>
       <c r="BA73" s="3"/>
       <c r="BB73" s="3"/>
     </row>
     <row r="76" spans="1:54">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">numero totale di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:54" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="79" spans="1:54">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:54" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="82" spans="1:54">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumzustand (lebend/tot)</t>
+            <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:54" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="85" spans="1:54">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:54" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="88" spans="1:54">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:54" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="91" spans="1:54">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:54" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>