--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,442 +14,442 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>protection forest against rockfall (2022) · main tree species</t>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>Wirtschaftsregion</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Jura West</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Jura Ost</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Mittelland West</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Mittelland Mitte</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Mittelland Ost</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Voralpen West</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Voralpen Mitte</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Voralpen Ost</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpen Nordwest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpen Mitte</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpen Nordost</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>protection forest against rockfall (2022)</t>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>innerhalb</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1280505/462255</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -801,52 +801,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -6854,51 +6854,51 @@
         <v>29.3</v>
       </c>
       <c r="AD72" s="6">
         <v>4</v>
       </c>
       <c r="AE72" s="6">
         <v>30.7</v>
       </c>
       <c r="AF72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1280505/462255</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -6914,226 +6914,226 @@
       <c r="V73" s="3"/>
       <c r="W73" s="3"/>
       <c r="X73" s="3"/>
       <c r="Y73" s="3"/>
       <c r="Z73" s="3"/>
       <c r="AA73" s="3"/>
       <c r="AB73" s="3"/>
       <c r="AC73" s="3"/>
       <c r="AD73" s="3"/>
       <c r="AE73" s="3"/>
       <c r="AF73" s="3"/>
     </row>
     <row r="76" spans="1:32">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:32" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="79" spans="1:32">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:32" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="82" spans="1:32">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:32" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="85" spans="1:32">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:32" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="88" spans="1:32">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:32" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="91" spans="1:32">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:32" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>