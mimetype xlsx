--- v0 (2026-01-24)
+++ v1 (2026-01-24)
@@ -14,197 +14,197 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
-    <t>NFI3–NFI4</t>
-[...5 lines deleted...]
-    <t>tree species (56 classes)</t>
+    <t>IFN3–IFN4</t>
+  </si>
+  <si>
+    <t>mortalità</t>
+  </si>
+  <si>
+    <t>specie arborea (56 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI3/NFI4</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>change 2004/06–2009/17</t>
-[...23 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>variazione 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -229,288 +229,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (others)</t>
+    <t>Populus (altr)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (others)</t>
+    <t>Salix (altri)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>other broadleaves</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>altre arbusti</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1281188/462938</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mortality</t>
+      <t xml:space="preserve">mortalità</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che, tra due inventari successivi, sono morti per cause naturali (ad es. tempesta di vento o insetti) o sono scomparsi (ad es. in seguito a valanghe), ma che non sono stati utilizzati nel quadro di interventi selvicolturali. La mortalità è la somma degli alberi scomparsi naturalmente e della mortalità rimanente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (56 classes)</t>
+      <t xml:space="preserve">specie arborea (56 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in 56 classi. Le specie (gruppi di specie) non esplicitamente elencate sono riportate nelle classi «altre conifere», «altre latifoglie» e «altri arbusti». Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI3 (2004-2006) and NFI4 (2009-2017) and could be reached on foot.</t>
+    <t>Bosco che sia nell'IFN3 (2004-2006) che nell'IFN4 (2009-2017) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -863,61 +863,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -3393,233 +3393,233 @@
         <v>250</v>
       </c>
       <c r="K70" s="6">
         <v>10</v>
       </c>
       <c r="L70" s="6">
         <v>1672</v>
       </c>
       <c r="M70" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1281188/462938</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
       <c r="L71" s="3"/>
       <c r="M71" s="3"/>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mortality</t>
+            <t xml:space="preserve">mortalità</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (56 classes)</t>
+            <t xml:space="preserve">specie arborea (56 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>