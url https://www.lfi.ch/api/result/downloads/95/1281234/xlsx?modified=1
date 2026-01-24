--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,200 +14,200 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
-    <t>LFI3–LFI4</t>
-[...5 lines deleted...]
-    <t>Baumart (56 Klassen)</t>
+    <t>NFI3–NFI4</t>
+  </si>
+  <si>
+    <t>mortality</t>
+  </si>
+  <si>
+    <t>tree species (56 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/Jahr</t>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI3/NFI4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2004/06–2009/17</t>
-[...2 lines deleted...]
-    <t>biogeografische Region</t>
+    <t>change 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>m³/ha/Jahr</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>übrige Nadelbäume</t>
+    <t>other conifers</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -232,288 +232,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (übrige)</t>
+    <t>Populus (others)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (übrige)</t>
+    <t>Salix (others)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>übrige Laubbäume</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>other shrubs</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1281234/462984</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mortalität</t>
+      <t xml:space="preserve">mortality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren abgestorben (z.B. durch Windwurf oder Insekten) oder verschwunden sind (z.B. durch Lawinen), aber nicht forstlich genutzt wurden. Die Mortalität ist die Summe von natürlichen Abgängen und im Bestand verbleibender Mortalität.</t>
+    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumart (56 Klassen)</t>
+      <t xml:space="preserve">tree species (56 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in 56 Klassen. Die nicht explizit aufgeführten Arten(gruppen) sind in den Klassen «übrige Nadelbäume», übrige Laubbäume» und «übrige Sträucher» zusammengefasst. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI3 (2004-2006) als auch im LFI4 (2009-2017) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI3 (2004-2006) and NFI4 (2009-2017) and could be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -866,63 +866,63 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -3758,235 +3758,235 @@
         <v>1.7</v>
       </c>
       <c r="M70" s="6">
         <v>10</v>
       </c>
       <c r="N70" s="6">
         <v>1.4</v>
       </c>
       <c r="O70" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:15" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1281234/462984</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
       <c r="L71" s="3"/>
       <c r="M71" s="3"/>
       <c r="N71" s="3"/>
       <c r="O71" s="3"/>
     </row>
     <row r="74" spans="1:15">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mortalität</t>
+            <t xml:space="preserve">mortality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:15" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumart (56 Klassen)</t>
+            <t xml:space="preserve">tree species (56 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:15" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:15" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:15" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:15" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>87</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>