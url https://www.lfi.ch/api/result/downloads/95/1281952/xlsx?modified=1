--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI1–LFI2</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>NFI1–NFI2</t>
+  </si>
+  <si>
+    <t>increment (gross increment)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1/NFI2</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>change 1983/85–1993/95</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>1000 m³/Jahr</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 m³/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1281952/463702</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
+      <t xml:space="preserve">increment (gross increment)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode.</t>
+    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1/NFI2</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #531</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI1 (1983-1985) als auch im LFI2 (1993-1995) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs and accessible on foot in both NFI1 (1983-1985) and NFI2 (1993-1995).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,64 +706,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1108,235 +1108,235 @@
         <v>755</v>
       </c>
       <c r="M17" s="6">
         <v>4</v>
       </c>
       <c r="N17" s="6">
         <v>10286</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1281952/463702</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
+            <t xml:space="preserve">increment (gross increment)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1/NFI2</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #531</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>