--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI3–LFI4</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>IFN3–IFN4</t>
+  </si>
+  <si>
+    <t>incremento (incremento lordo)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...57 lines deleted...]
-    <t>1000 m³/Jahr</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+    </r>
+  </si>
+  <si>
+    <t>variazione 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1281983/463733</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
+      <t xml:space="preserve">incremento (incremento lordo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode.</t>
+    <t>Aumento del volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm sopravissuti tra due inventari, il volume di legno del fusto con corteccia di tutti gli alberi e arbusti che hanno superato la soglia di cavallettamento e l'aumento modellizzato del volume di legno del fusto con corteccia degli alberi e arbusti scomparsi durante la metà del periodo di inventario.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI3 (2004-2006) als auch im LFI4 (2009-2017) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN3 (2004-2006) che nell'IFN4 (2009-2017) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>913</v>
       </c>
       <c r="AC17" s="6">
         <v>5</v>
       </c>
       <c r="AD17" s="6">
         <v>10810</v>
       </c>
       <c r="AE17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1281983/463733</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
+            <t xml:space="preserve">incremento (incremento lordo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>