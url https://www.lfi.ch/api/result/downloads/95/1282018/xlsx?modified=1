--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI1–NFI2</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN1–IFN2</t>
+  </si>
+  <si>
+    <t>incremento (incremento lordo)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1/NFI2</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1/IFN2</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...57 lines deleted...]
-    <t>m³/ha/yr</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+    </r>
+  </si>
+  <si>
+    <t>variazione 1983/85–1993/95</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282018/463768</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">increment (gross increment)</t>
+      <t xml:space="preserve">incremento (incremento lordo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
+    <t>Aumento del volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm sopravissuti tra due inventari, il volume di legno del fusto con corteccia di tutti gli alberi e arbusti che hanno superato la soglia di cavallettamento e l'aumento modellizzato del volume di legno del fusto con corteccia degli alberi e arbusti scomparsi durante la metà del periodo di inventario.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1/NFI2</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1/IFN2</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #531</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs and accessible on foot in both NFI1 (1983-1985) and NFI2 (1993-1995).</t>
+    <t>Bosco che, sia nell'IFN1 (1983-1985) sia nell'IFN2 (1993-1995), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,80 +730,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1484,51 +1484,51 @@
         <v>5.7</v>
       </c>
       <c r="AC17" s="6">
         <v>4</v>
       </c>
       <c r="AD17" s="6">
         <v>9.5</v>
       </c>
       <c r="AE17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282018/463768</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">increment (gross increment)</t>
+            <t xml:space="preserve">incremento (incremento lordo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1/NFI2</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1/IFN2</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #531</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>