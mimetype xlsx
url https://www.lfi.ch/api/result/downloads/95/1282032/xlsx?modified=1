--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>NFI2–NFI3</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN2–IFN3</t>
+  </si>
+  <si>
+    <t>incremento (incremento lordo)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI2/NFI3</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2/IFN3</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>change 1993/95–2004/06</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>variazione 1993/95–2004/06</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...2 lines deleted...]
-    <t>m³/ha/yr</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282032/463782</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">increment (gross increment)</t>
+      <t xml:space="preserve">incremento (incremento lordo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
+    <t>Aumento del volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm sopravissuti tra due inventari, il volume di legno del fusto con corteccia di tutti gli alberi e arbusti che hanno superato la soglia di cavallettamento e l'aumento modellizzato del volume di legno del fusto con corteccia degli alberi e arbusti scomparsi durante la metà del periodo di inventario.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI2/NFI3</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2/IFN3</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #533</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs and accessible on foot in both NFI2 (1993-1995) and NFI3 (2004-2006).</t>
+    <t>Bosco che, sia nell'IFN2 (1993-1995) sia nell'IFN3 (2004-2006), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,102 +763,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -2001,51 +2001,51 @@
         <v>12.1</v>
       </c>
       <c r="AY17" s="6">
         <v>5</v>
       </c>
       <c r="AZ17" s="6">
         <v>8.7</v>
       </c>
       <c r="BA17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282032/463782</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,191 +2083,191 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">increment (gross increment)</t>
+            <t xml:space="preserve">incremento (incremento lordo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI2/NFI3</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2/IFN3</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #533</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>