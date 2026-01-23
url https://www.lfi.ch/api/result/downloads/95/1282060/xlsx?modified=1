--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI3–LFI4</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>NFI3–NFI4</t>
+  </si>
+  <si>
+    <t>increment (gross increment)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/Jahr</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI3/NFI4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>change 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>m³/ha/Jahr</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282060/463810</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
+      <t xml:space="preserve">increment (gross increment)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode.</t>
+    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI3 (2004-2006) als auch im LFI4 (2009-2017) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI3 (2004-2006) and NFI4 (2009-2017) and could be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,62 +703,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1061,233 +1061,233 @@
         <v>6.1</v>
       </c>
       <c r="K17" s="6">
         <v>5</v>
       </c>
       <c r="L17" s="6">
         <v>9.3</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282060/463810</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
+            <t xml:space="preserve">increment (gross increment)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>