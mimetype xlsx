--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -12,475 +12,472 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
-[...7 lines deleted...]
-    <t>Schutzwald (2022) · Grössenklasse (Jungwald; 5 Klassen) · Hauptbaumart im Jungwald (Zählung)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+  <si>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti del bosco giovane con brucatura diviso per numero di fusti del bosco giovane con rilievo della brucatura</t>
+  </si>
+  <si>
+    <t>bosco di protezione (2022) · classe di dimensione (bosco giovane; 5 classi) · specie arborea principale del bosco giovane (conteggio)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zellentotal</t>
+      <t xml:space="preserve">: %, totale celle</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...17 lines deleted...]
-    <t>Hauptbaumart im Jungwald (Zählung)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>bosco di protezione (2022)</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>classe di dimensione (bosco giovane; 5 classi)</t>
+  </si>
+  <si>
+    <t>specie arborea principale del bosco giovane (conteggio)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>kein Angabe</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...50 lines deleted...]
-    <t>BHD 8-11.9 cm</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>specie non rilevate in tutti gli inventari</t>
+  </si>
+  <si>
+    <t>altezza 10-39 cm</t>
+  </si>
+  <si>
+    <t>altezza 40-129 cm</t>
+  </si>
+  <si>
+    <t>DPU 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282890/464640</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jungwaldstammzahl mit Verbiss</t>
+      <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #404</t>
     </r>
   </si>
   <si>
-    <t>Anzahl der Nadel- und Laubbäume mit einer Höhe von 10 bis 129 cm Höhe, bei denen ein Verbiss des Vorjahrestriebes festgestellt wurde. Aufgrund einer anderen Ansprache der Verbissspuren wurde die Verbissintensität im LFI2 im Vergleich zur Methode ab LFI4 überschätzt. Somit können in Vergleichen mit dem LFI2 nur Zunahmen der Verbissintensität gesichert festgestellt werden. Für eine verlässliche Schätzung sollten pro Schätzwert (Tabellenzelle) mindestens 30 Individuen auf Verbiss beurteilt worden sein. Daher sollten auch die entsprechenden Tabellen mit der Zielgrösse "Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)" konsultiert werden.</t>
+    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stata constatata una morsicatura del getto dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jungwaldstammzahl mit Verbissansprache</t>
+      <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #405</t>
     </r>
   </si>
   <si>
-    <t>Anzahl der Nadel- und Laubbäume mit einer Höhe von 10 bis 129 cm Höhe, bei denen der Zustand des Vorjahrestriebes hinsichtlich Verbiss beurteilt wurde. Aufgrund einer anderen Ansprache der Verbissspuren wurde die Verbissintensität im LFI2 im Vergleich zur Methode ab LFI4 überschätzt. Somit können in Vergleichen mit dem LFI2 nur Zunahmen der Verbissintensität gesichert festgestellt werden. Für eine verlässliche Schätzung sollten pro Schätzwert (Tabellenzelle) mindestens 30 Individuen auf Verbiss beurteilt worden sein. Daher sollten auch die entsprechenden Tabellen mit der Zielgrösse "Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)" konsultiert werden.</t>
+    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stato valutato lo stato della gemma terminale dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022)</t>
+      <t xml:space="preserve">bosco di protezione (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2576</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von SilvaProtect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten. Im Jahr 2022 verfügte der Kanton Aargau noch über keine Schutzwaldausscheidung. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione, così come definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect (Losey &amp; Wehrli 2013). Nel 2022 il Canton Argovia non aveva ancora definito il bosco di protezione. Fonte: dati GIS dell'UFAM, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Grösse der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) in fünf Klassen (zwei Höhenklassen, drei BHD-Klassen). Grundlage: Feldaufnahme (MID 507: Jungwaldklasse)</t>
+    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
+      <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Art der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn wichtigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelhölzer», «übrige Laubhölzer» und «nicht in allen Inventuren erhobene Arten». Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Specie delle piante del bosco giovane da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere», «altre latifoglie» e «specie non rilevate in tutti gli inventari». Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1876</t>
     </r>
   </si>
   <si>
-    <t>Bestockbarer Teil des zugänglichen Waldes ohne Gebüschwald (also zugänglicher Wald ohne Gebüschwald ohne Fläche von Waldstrassen, Erholungsanlagen, Bächen, Lawinenzügen usw.).</t>
+    <t>Parte potenzialmente boscabile del bosco accessibile esclusi gli arbusteti (ossia bosco accessibile esclusi gli arbusteti, senza l'area delle strade forestali, delle strutture ricreative, dei torrenti, dei canali valangari, ecc.).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -832,52 +829,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -941,2893 +938,2893 @@
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>0.0</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E19" s="6">
         <v>0.0</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G19" s="6">
         <v>0.0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C20" s="6">
         <v>0.0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E20" s="6">
         <v>0.0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G20" s="6">
         <v>0.0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C22" s="6">
         <v>0.0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E22" s="6">
         <v>0.0</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G22" s="6">
         <v>0.0</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C24" s="6">
         <v>0.0</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E24" s="6">
         <v>0.0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G24" s="6">
         <v>0.0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C25" s="6">
         <v>0.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C26" s="6">
         <v>0.0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E26" s="6">
         <v>0.0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G26" s="6">
         <v>0.0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="6">
         <v>0.0</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E27" s="6">
         <v>0.0</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G27" s="6">
         <v>0.0</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C28" s="6">
         <v>0.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E28" s="6">
         <v>0.0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G28" s="6">
         <v>0.0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C29" s="6">
         <v>2.5</v>
       </c>
       <c r="D29" s="6">
         <v>1.2</v>
       </c>
       <c r="E29" s="6">
         <v>2.7</v>
       </c>
       <c r="F29" s="6">
         <v>1.2</v>
       </c>
       <c r="G29" s="6">
         <v>2.6</v>
       </c>
       <c r="H29" s="6">
         <v>0.9</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C30" s="6">
         <v>33.6</v>
       </c>
       <c r="D30" s="6">
         <v>9.5</v>
       </c>
       <c r="E30" s="6">
         <v>15.6</v>
       </c>
       <c r="F30" s="6">
         <v>2.4</v>
       </c>
       <c r="G30" s="6">
         <v>20.6</v>
       </c>
       <c r="H30" s="6">
         <v>3.4</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C31" s="6">
         <v>0.0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E31" s="6">
         <v>14.1</v>
       </c>
       <c r="F31" s="6">
         <v>13.0</v>
       </c>
       <c r="G31" s="6">
         <v>11.0</v>
       </c>
       <c r="H31" s="6">
         <v>10.4</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C32" s="6">
         <v>0.0</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E32" s="6">
         <v>0.0</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G32" s="6">
         <v>0.0</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C33" s="6">
         <v>13.4</v>
       </c>
       <c r="D33" s="6">
         <v>13.9</v>
       </c>
       <c r="E33" s="6">
         <v>0.0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G33" s="6">
         <v>9.3</v>
       </c>
       <c r="H33" s="6">
         <v>9.3</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C34" s="6">
         <v>37.9</v>
       </c>
       <c r="D34" s="6">
         <v>23.8</v>
       </c>
       <c r="E34" s="6">
         <v>16.7</v>
       </c>
       <c r="F34" s="6">
         <v>16.7</v>
       </c>
       <c r="G34" s="6">
         <v>28.8</v>
       </c>
       <c r="H34" s="6">
         <v>15.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C35" s="6">
         <v>6.2</v>
       </c>
       <c r="D35" s="6">
         <v>1.9</v>
       </c>
       <c r="E35" s="6">
         <v>5.3</v>
       </c>
       <c r="F35" s="6">
         <v>1.1</v>
       </c>
       <c r="G35" s="6">
         <v>5.5</v>
       </c>
       <c r="H35" s="6">
         <v>1.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C36" s="6">
         <v>22.8</v>
       </c>
       <c r="D36" s="6">
         <v>2.9</v>
       </c>
       <c r="E36" s="6">
         <v>17.2</v>
       </c>
       <c r="F36" s="6">
         <v>2.2</v>
       </c>
       <c r="G36" s="6">
         <v>18.7</v>
       </c>
       <c r="H36" s="6">
         <v>1.8</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C37" s="6">
         <v>17.8</v>
       </c>
       <c r="D37" s="6">
         <v>3.7</v>
       </c>
       <c r="E37" s="6">
         <v>10.8</v>
       </c>
       <c r="F37" s="6">
         <v>1.9</v>
       </c>
       <c r="G37" s="6">
         <v>13.7</v>
       </c>
       <c r="H37" s="6">
         <v>1.8</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C38" s="6">
         <v>19.6</v>
       </c>
       <c r="D38" s="6">
         <v>8.5</v>
       </c>
       <c r="E38" s="6">
         <v>14.8</v>
       </c>
       <c r="F38" s="6">
         <v>4.6</v>
       </c>
       <c r="G38" s="6">
         <v>15.5</v>
       </c>
       <c r="H38" s="6">
         <v>4.1</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C39" s="6">
         <v>13.5</v>
       </c>
       <c r="D39" s="6">
         <v>12.6</v>
       </c>
       <c r="E39" s="6">
         <v>16.8</v>
       </c>
       <c r="F39" s="6">
         <v>18.1</v>
       </c>
       <c r="G39" s="6">
         <v>14.9</v>
       </c>
       <c r="H39" s="6">
         <v>10.3</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C40" s="6">
         <v>28.4</v>
       </c>
       <c r="D40" s="6">
         <v>5.7</v>
       </c>
       <c r="E40" s="6">
         <v>24.0</v>
       </c>
       <c r="F40" s="6">
         <v>2.8</v>
       </c>
       <c r="G40" s="6">
         <v>25.8</v>
       </c>
       <c r="H40" s="6">
         <v>2.8</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C41" s="6">
         <v>0.0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E41" s="6">
         <v>0.0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G41" s="6">
         <v>0.0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="6">
         <v>18.1</v>
       </c>
       <c r="D42" s="6">
         <v>1.9</v>
       </c>
       <c r="E42" s="6">
         <v>12.7</v>
       </c>
       <c r="F42" s="6">
         <v>1.0</v>
       </c>
       <c r="G42" s="6">
         <v>14.5</v>
       </c>
       <c r="H42" s="6">
         <v>0.9</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C43" s="6">
         <v>0.0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E43" s="6">
         <v>0.0</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G43" s="6">
         <v>0.0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C44" s="6">
         <v>2.8</v>
       </c>
       <c r="D44" s="6">
         <v>1.2</v>
       </c>
       <c r="E44" s="6">
         <v>2.7</v>
       </c>
       <c r="F44" s="6">
         <v>0.7</v>
       </c>
       <c r="G44" s="6">
         <v>2.7</v>
       </c>
       <c r="H44" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="5"/>
       <c r="B45" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C45" s="6">
         <v>18.6</v>
       </c>
       <c r="D45" s="6">
         <v>6.0</v>
       </c>
       <c r="E45" s="6">
         <v>12.6</v>
       </c>
       <c r="F45" s="6">
         <v>2.5</v>
       </c>
       <c r="G45" s="6">
         <v>13.7</v>
       </c>
       <c r="H45" s="6">
         <v>2.3</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C46" s="6">
         <v>0.0</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E46" s="6">
         <v>13.7</v>
       </c>
       <c r="F46" s="6">
         <v>10.6</v>
       </c>
       <c r="G46" s="6">
         <v>13.0</v>
       </c>
       <c r="H46" s="6">
         <v>10.1</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C47" s="6">
         <v>14.0</v>
       </c>
       <c r="D47" s="6">
         <v>10.2</v>
       </c>
       <c r="E47" s="6">
         <v>10.2</v>
       </c>
       <c r="F47" s="6">
         <v>10.8</v>
       </c>
       <c r="G47" s="6">
         <v>11.2</v>
       </c>
       <c r="H47" s="6">
         <v>8.5</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C48" s="6">
         <v>0.0</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E48" s="6">
         <v>0.0</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G48" s="6">
         <v>0.0</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C49" s="6">
         <v>0.0</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E49" s="6">
         <v>33.5</v>
       </c>
       <c r="F49" s="6">
         <v>27.3</v>
       </c>
       <c r="G49" s="6">
         <v>33.5</v>
       </c>
       <c r="H49" s="6">
         <v>27.3</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C50" s="6">
         <v>8.3</v>
       </c>
       <c r="D50" s="6">
         <v>2.1</v>
       </c>
       <c r="E50" s="6">
         <v>5.2</v>
       </c>
       <c r="F50" s="6">
         <v>0.8</v>
       </c>
       <c r="G50" s="6">
         <v>6.0</v>
       </c>
       <c r="H50" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C51" s="6">
         <v>33.9</v>
       </c>
       <c r="D51" s="6">
         <v>7.9</v>
       </c>
       <c r="E51" s="6">
         <v>30.7</v>
       </c>
       <c r="F51" s="6">
         <v>3.5</v>
       </c>
       <c r="G51" s="6">
         <v>31.3</v>
       </c>
       <c r="H51" s="6">
         <v>3.2</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C52" s="6">
         <v>28.1</v>
       </c>
       <c r="D52" s="6">
         <v>5.4</v>
       </c>
       <c r="E52" s="6">
         <v>18.0</v>
       </c>
       <c r="F52" s="6">
         <v>3.4</v>
       </c>
       <c r="G52" s="6">
         <v>22.6</v>
       </c>
       <c r="H52" s="6">
         <v>3.2</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="5"/>
       <c r="B53" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C53" s="6">
         <v>59.7</v>
       </c>
       <c r="D53" s="6">
         <v>12.3</v>
       </c>
       <c r="E53" s="6">
         <v>8.6</v>
       </c>
       <c r="F53" s="6">
         <v>6.1</v>
       </c>
       <c r="G53" s="6">
         <v>24.2</v>
       </c>
       <c r="H53" s="6">
         <v>11.2</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C54" s="6">
         <v>32.2</v>
       </c>
       <c r="D54" s="6">
         <v>26.8</v>
       </c>
       <c r="E54" s="6">
         <v>50.0</v>
       </c>
       <c r="F54" s="6">
         <v>30.6</v>
       </c>
       <c r="G54" s="6">
         <v>42.2</v>
       </c>
       <c r="H54" s="6">
         <v>21.9</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C55" s="6">
         <v>41.5</v>
       </c>
       <c r="D55" s="6">
         <v>4.4</v>
       </c>
       <c r="E55" s="6">
         <v>30.8</v>
       </c>
       <c r="F55" s="6">
         <v>3.6</v>
       </c>
       <c r="G55" s="6">
         <v>34.4</v>
       </c>
       <c r="H55" s="6">
         <v>2.9</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C56" s="6">
         <v>0.0</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E56" s="6">
         <v>0.0</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G56" s="6">
         <v>0.0</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C57" s="6">
         <v>19.3</v>
       </c>
       <c r="D57" s="6">
         <v>2.2</v>
       </c>
       <c r="E57" s="6">
         <v>14.3</v>
       </c>
       <c r="F57" s="6">
         <v>1.3</v>
       </c>
       <c r="G57" s="6">
         <v>15.7</v>
       </c>
       <c r="H57" s="6">
         <v>1.1</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C58" s="6">
         <v>0.0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E58" s="6">
         <v>0.0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G58" s="6">
         <v>0.0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C59" s="6">
         <v>0.0</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E59" s="6">
         <v>0.0</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G59" s="6">
         <v>0.0</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C60" s="6">
         <v>0.0</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E60" s="6">
         <v>0.0</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G60" s="6">
         <v>0.0</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="5"/>
       <c r="B61" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C61" s="6">
         <v>0.0</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E61" s="6">
         <v>0.0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G61" s="6">
         <v>0.0</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C62" s="6">
         <v>0.0</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E62" s="6">
         <v>0.0</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G62" s="6">
         <v>0.0</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C63" s="6">
         <v>0.0</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E63" s="6">
         <v>0.0</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G63" s="6">
         <v>0.0</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C64" s="6">
         <v>0.0</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E64" s="6">
         <v>0.0</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G64" s="6">
         <v>0.0</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C65" s="6">
         <v>0.0</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E65" s="6">
         <v>0.0</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G65" s="6">
         <v>0.0</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C66" s="6">
         <v>0.0</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E66" s="6">
         <v>0.0</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G66" s="6">
         <v>0.0</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C67" s="6">
         <v>0.0</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E67" s="6">
         <v>0.0</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G67" s="6">
         <v>0.0</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C68" s="6">
         <v>0.0</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E68" s="6">
         <v>0.0</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G68" s="6">
         <v>0.0</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="5"/>
       <c r="B69" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C69" s="6">
         <v>0.0</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E69" s="6">
         <v>0.0</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G69" s="6">
         <v>0.0</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="5"/>
       <c r="B70" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C70" s="6">
         <v>0.0</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E70" s="6">
         <v>0.0</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G70" s="6">
         <v>0.0</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="5"/>
       <c r="B71" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C71" s="6">
         <v>0.0</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E71" s="6">
         <v>0.0</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G71" s="6">
         <v>0.0</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="5"/>
       <c r="B72" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C72" s="6">
         <v>0.0</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E72" s="6">
         <v>0.0</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G72" s="6">
         <v>0.0</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C73" s="6">
         <v>0.0</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E73" s="6">
         <v>0.0</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G73" s="6">
         <v>0.0</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="5"/>
       <c r="B74" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C74" s="6">
         <v>0.0</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E74" s="6">
         <v>0.0</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G74" s="6">
         <v>0.0</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="5"/>
       <c r="B75" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C75" s="6">
         <v>0.0</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E75" s="6">
         <v>0.0</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G75" s="6">
         <v>0.0</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="5"/>
       <c r="B76" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C76" s="6">
         <v>0.0</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E76" s="6">
         <v>0.0</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G76" s="6">
         <v>0.0</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="5"/>
       <c r="B77" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C77" s="6">
         <v>0.0</v>
       </c>
       <c r="D77" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E77" s="6">
         <v>0.0</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G77" s="6">
         <v>0.0</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="5"/>
       <c r="B78" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C78" s="6">
         <v>0.0</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E78" s="6">
         <v>0.0</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G78" s="6">
         <v>0.0</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="5"/>
       <c r="B79" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C79" s="6">
         <v>0.0</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E79" s="6">
         <v>0.0</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G79" s="6">
         <v>0.0</v>
       </c>
       <c r="H79" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="5"/>
       <c r="B80" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C80" s="6">
         <v>0.0</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E80" s="6">
         <v>0.0</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G80" s="6">
         <v>0.0</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="5"/>
       <c r="B81" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C81" s="6">
         <v>0.0</v>
       </c>
       <c r="D81" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E81" s="6">
         <v>0.0</v>
       </c>
       <c r="F81" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G81" s="6">
         <v>0.0</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="5"/>
       <c r="B82" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C82" s="6">
         <v>0.0</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E82" s="6">
         <v>0.0</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G82" s="6">
         <v>0.0</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="5"/>
       <c r="B83" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C83" s="6">
         <v>0.0</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E83" s="6">
         <v>0.0</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G83" s="6">
         <v>0.0</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="5"/>
       <c r="B84" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C84" s="6">
         <v>0.0</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E84" s="6">
         <v>0.0</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G84" s="6">
         <v>0.0</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="5"/>
       <c r="B85" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C85" s="6">
         <v>0.0</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E85" s="6">
         <v>0.0</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G85" s="6">
         <v>0.0</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="5"/>
       <c r="B86" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C86" s="6">
         <v>0.0</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E86" s="6">
         <v>0.0</v>
       </c>
       <c r="F86" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G86" s="6">
         <v>0.0</v>
       </c>
       <c r="H86" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="5"/>
       <c r="B87" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C87" s="6">
         <v>0.0</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E87" s="6">
         <v>0.0</v>
       </c>
       <c r="F87" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G87" s="6">
         <v>0.0</v>
       </c>
       <c r="H87" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C88" s="6">
         <v>0.0</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E88" s="6">
         <v>0.0</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G88" s="6">
         <v>0.0</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="5"/>
       <c r="B89" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C89" s="6">
         <v>0.0</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E89" s="6">
         <v>0.0</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G89" s="6">
         <v>0.0</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="5"/>
       <c r="B90" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C90" s="6">
         <v>0.0</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E90" s="6">
         <v>0.0</v>
       </c>
       <c r="F90" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G90" s="6">
         <v>0.0</v>
       </c>
       <c r="H90" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="5"/>
       <c r="B91" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C91" s="6">
         <v>0.0</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E91" s="6">
         <v>0.0</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G91" s="6">
         <v>0.0</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="5"/>
       <c r="B92" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C92" s="6">
         <v>0.0</v>
       </c>
       <c r="D92" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E92" s="6">
         <v>0.0</v>
       </c>
       <c r="F92" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G92" s="6">
         <v>0.0</v>
       </c>
       <c r="H92" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="5"/>
       <c r="B93" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C93" s="6">
         <v>0.0</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E93" s="6">
         <v>0.0</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G93" s="6">
         <v>0.0</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="5"/>
       <c r="B94" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C94" s="6">
         <v>0.0</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E94" s="6">
         <v>0.0</v>
       </c>
       <c r="F94" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G94" s="6">
         <v>0.0</v>
       </c>
       <c r="H94" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="5"/>
       <c r="B95" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C95" s="6">
         <v>0.0</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E95" s="6">
         <v>0.0</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G95" s="6">
         <v>0.0</v>
       </c>
       <c r="H95" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="5"/>
       <c r="B96" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C96" s="6">
         <v>0.0</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E96" s="6">
         <v>0.0</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G96" s="6">
         <v>0.0</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="5"/>
       <c r="B97" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C97" s="6">
         <v>0.0</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E97" s="6">
         <v>0.0</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G97" s="6">
         <v>0.0</v>
       </c>
       <c r="H97" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="5"/>
       <c r="B98" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C98" s="6">
         <v>0.0</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E98" s="6">
         <v>0.0</v>
       </c>
       <c r="F98" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G98" s="6">
         <v>0.0</v>
       </c>
       <c r="H98" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="5"/>
       <c r="B99" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C99" s="6">
         <v>0.0</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E99" s="6">
         <v>0.0</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G99" s="6">
         <v>0.0</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="5"/>
       <c r="B100" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C100" s="6">
         <v>0.0</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E100" s="6">
         <v>0.0</v>
       </c>
       <c r="F100" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G100" s="6">
         <v>0.0</v>
       </c>
       <c r="H100" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="5"/>
       <c r="B101" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C101" s="6">
         <v>0.0</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E101" s="6">
         <v>0.0</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G101" s="6">
         <v>0.0</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="5"/>
       <c r="B102" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C102" s="6">
         <v>0.0</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E102" s="6">
         <v>0.0</v>
       </c>
       <c r="F102" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G102" s="6">
         <v>0.0</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C103" s="6">
         <v>0.0</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E103" s="6">
         <v>0.0</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G103" s="6">
         <v>0.0</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="5"/>
       <c r="B104" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C104" s="6">
         <v>2.6</v>
       </c>
       <c r="D104" s="6">
         <v>0.9</v>
       </c>
       <c r="E104" s="6">
         <v>2.7</v>
       </c>
       <c r="F104" s="6">
         <v>0.8</v>
       </c>
       <c r="G104" s="6">
         <v>2.7</v>
       </c>
       <c r="H104" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="5"/>
       <c r="B105" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C105" s="6">
         <v>31.1</v>
       </c>
       <c r="D105" s="6">
         <v>8.2</v>
       </c>
       <c r="E105" s="6">
         <v>14.9</v>
       </c>
       <c r="F105" s="6">
         <v>2.1</v>
       </c>
       <c r="G105" s="6">
         <v>19.1</v>
       </c>
       <c r="H105" s="6">
         <v>2.8</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="5"/>
       <c r="B106" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C106" s="6">
         <v>0.0</v>
       </c>
       <c r="D106" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E106" s="6">
         <v>13.8</v>
       </c>
       <c r="F106" s="6">
         <v>11.2</v>
       </c>
       <c r="G106" s="6">
         <v>12.2</v>
       </c>
       <c r="H106" s="6">
         <v>10.1</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="5"/>
       <c r="B107" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C107" s="6">
         <v>10.2</v>
       </c>
       <c r="D107" s="6">
         <v>7.4</v>
       </c>
       <c r="E107" s="6">
         <v>2.8</v>
       </c>
       <c r="F107" s="6">
         <v>3.5</v>
       </c>
       <c r="G107" s="6">
         <v>3.7</v>
       </c>
       <c r="H107" s="6">
         <v>3.6</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="5"/>
       <c r="B108" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C108" s="6">
         <v>10.2</v>
       </c>
       <c r="D108" s="6">
         <v>10.0</v>
       </c>
       <c r="E108" s="6">
         <v>0.0</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G108" s="6">
         <v>5.5</v>
       </c>
       <c r="H108" s="6">
         <v>5.3</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="5"/>
       <c r="B109" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C109" s="6">
         <v>37.9</v>
       </c>
       <c r="D109" s="6">
         <v>23.8</v>
       </c>
       <c r="E109" s="6">
         <v>19.2</v>
       </c>
       <c r="F109" s="6">
         <v>15.2</v>
       </c>
       <c r="G109" s="6">
         <v>29.2</v>
       </c>
       <c r="H109" s="6">
         <v>14.1</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="5"/>
       <c r="B110" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C110" s="6">
         <v>6.9</v>
       </c>
       <c r="D110" s="6">
         <v>1.6</v>
       </c>
       <c r="E110" s="6">
         <v>5.2</v>
       </c>
       <c r="F110" s="6">
         <v>0.9</v>
       </c>
       <c r="G110" s="6">
         <v>5.7</v>
       </c>
       <c r="H110" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="5"/>
       <c r="B111" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C111" s="6">
         <v>24.2</v>
       </c>
       <c r="D111" s="6">
         <v>3.3</v>
       </c>
       <c r="E111" s="6">
         <v>19.3</v>
       </c>
       <c r="F111" s="6">
         <v>2.2</v>
       </c>
       <c r="G111" s="6">
         <v>20.5</v>
       </c>
       <c r="H111" s="6">
         <v>1.8</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="5"/>
       <c r="B112" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C112" s="6">
         <v>19.1</v>
       </c>
       <c r="D112" s="6">
         <v>3.5</v>
       </c>
       <c r="E112" s="6">
         <v>11.6</v>
       </c>
       <c r="F112" s="6">
         <v>1.8</v>
       </c>
       <c r="G112" s="6">
         <v>14.7</v>
       </c>
       <c r="H112" s="6">
         <v>1.8</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="5"/>
       <c r="B113" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C113" s="6">
         <v>24.6</v>
       </c>
       <c r="D113" s="6">
         <v>8.4</v>
       </c>
       <c r="E113" s="6">
         <v>14.5</v>
       </c>
       <c r="F113" s="6">
         <v>4.4</v>
       </c>
       <c r="G113" s="6">
         <v>16.0</v>
       </c>
       <c r="H113" s="6">
         <v>4.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="5"/>
       <c r="B114" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C114" s="6">
         <v>16.0</v>
       </c>
       <c r="D114" s="6">
         <v>11.6</v>
       </c>
       <c r="E114" s="6">
         <v>24.2</v>
       </c>
       <c r="F114" s="6">
         <v>18.3</v>
       </c>
       <c r="G114" s="6">
         <v>19.6</v>
       </c>
       <c r="H114" s="6">
         <v>10.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="5"/>
       <c r="B115" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C115" s="6">
         <v>31.5</v>
       </c>
       <c r="D115" s="6">
         <v>4.8</v>
       </c>
       <c r="E115" s="6">
         <v>25.9</v>
       </c>
       <c r="F115" s="6">
         <v>2.5</v>
       </c>
       <c r="G115" s="6">
         <v>28.1</v>
       </c>
       <c r="H115" s="6">
         <v>2.3</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="5"/>
       <c r="B116" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C116" s="6">
         <v>0.0</v>
       </c>
       <c r="D116" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E116" s="6">
         <v>0.0</v>
       </c>
       <c r="F116" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G116" s="6">
         <v>0.0</v>
       </c>
       <c r="H116" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="5"/>
       <c r="B117" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C117" s="6">
         <v>18.4</v>
       </c>
       <c r="D117" s="6">
         <v>1.7</v>
       </c>
       <c r="E117" s="6">
         <v>13.1</v>
       </c>
       <c r="F117" s="6">
         <v>1.0</v>
       </c>
       <c r="G117" s="6">
         <v>14.7</v>
       </c>
       <c r="H117" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="118" spans="1:8" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282890/464640</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jungwaldstammzahl mit Verbiss</t>
+            <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:8" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jungwaldstammzahl mit Verbissansprache</t>
+            <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #405</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:8" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022)</t>
+            <t xml:space="preserve">bosco di protezione (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2576</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:8" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:8" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
+            <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:8" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:8" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:8" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:8" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="C10:H10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="A13:A27"/>
     <mergeCell ref="A28:A42"/>
     <mergeCell ref="A43:A57"/>
     <mergeCell ref="A58:A72"/>
     <mergeCell ref="A73:A87"/>
     <mergeCell ref="A88:A102"/>
     <mergeCell ref="A103:A117"/>
     <mergeCell ref="A118:H118"/>
     <mergeCell ref="A121:H121"/>