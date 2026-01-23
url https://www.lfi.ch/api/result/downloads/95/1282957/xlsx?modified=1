--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Spuren von Beweidung</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>traces of pasturing</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">keine Beweidung </t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>no pasturing</t>
+  </si>
+  <si>
+    <t>cattle</t>
+  </si>
+  <si>
+    <t>horses</t>
+  </si>
+  <si>
+    <t>goats</t>
+  </si>
+  <si>
+    <t>sheep</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282957/464707</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Spuren von Beweidung</t>
+      <t xml:space="preserve">traces of pasturing</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #449</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Spuren von Beweidung durch Nutztiere im massgebenden Bestand auf der Interpretationsfläche (50 × 50 m) wie Anwesenheit von Weidevieh, Kot, frischen Trittspuren, Lägerstellen, abgerissenen Haaren sowie Verbiss- und Fegespuren und Angabe der Nutztierklasse im Fall von Beweidung. Grundlage: Feldaufnahme (MID 204: Beweidungsart)</t>
+    <t>Sample plots with/without traces of livestock pasturing in the relevant stand on the interpretation area (50 × 50 m). Traces could be: presence of pasturing livestock, faeces, fresh tracks, resting places, torn hairs and traces of browsing or fraying, and indication of the livestock class in the case of pasturing. Reference: Field Survey (MID 204: Beweidungsart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -2493,51 +2493,51 @@
         <v>100.0</v>
       </c>
       <c r="AY20" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ20" s="6">
         <v>100.0</v>
       </c>
       <c r="BA20" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282957/464707</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Spuren von Beweidung</t>
+            <t xml:space="preserve">traces of pasturing</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #449</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>