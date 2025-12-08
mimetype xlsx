--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Spuren von Beweidung</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>traces of pasturing</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">keine Beweidung </t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>no pasturing</t>
+  </si>
+  <si>
+    <t>cattle</t>
+  </si>
+  <si>
+    <t>horses</t>
+  </si>
+  <si>
+    <t>goats</t>
+  </si>
+  <si>
+    <t>sheep</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282976/464726</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Spuren von Beweidung</t>
+      <t xml:space="preserve">traces of pasturing</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #449</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Spuren von Beweidung durch Nutztiere im massgebenden Bestand auf der Interpretationsfläche (50 × 50 m) wie Anwesenheit von Weidevieh, Kot, frischen Trittspuren, Lägerstellen, abgerissenen Haaren sowie Verbiss- und Fegespuren und Angabe der Nutztierklasse im Fall von Beweidung. Grundlage: Feldaufnahme (MID 204: Beweidungsart)</t>
+    <t>Sample plots with/without traces of livestock pasturing in the relevant stand on the interpretation area (50 × 50 m). Traces could be: presence of pasturing livestock, faeces, fresh tracks, resting places, torn hairs and traces of browsing or fraying, and indication of the livestock class in the case of pasturing. Reference: Field Survey (MID 204: Beweidungsart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2493,51 +2493,51 @@
         <v>100.0</v>
       </c>
       <c r="AY20" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ20" s="6">
         <v>100.0</v>
       </c>
       <c r="BA20" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282976/464726</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Spuren von Beweidung</t>
+            <t xml:space="preserve">traces of pasturing</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #449</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>