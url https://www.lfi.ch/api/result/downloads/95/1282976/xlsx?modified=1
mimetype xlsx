--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>traces of pasturing</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tracce di pascolamento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no pasturing</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>nessun pascolo</t>
+  </si>
+  <si>
+    <t>vacche e vitelli</t>
+  </si>
+  <si>
+    <t>cavalli</t>
+  </si>
+  <si>
+    <t>capre</t>
+  </si>
+  <si>
+    <t>pecore</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282976/464726</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">traces of pasturing</t>
+      <t xml:space="preserve">tracce di pascolamento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #449</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without traces of livestock pasturing in the relevant stand on the interpretation area (50 × 50 m). Traces could be: presence of pasturing livestock, faeces, fresh tracks, resting places, torn hairs and traces of browsing or fraying, and indication of the livestock class in the case of pasturing. Reference: Field Survey (MID 204: Beweidungsart)</t>
+    <t>Aree di saggio senza/con tracce di pascolamento da parte di bestiame nel popolamento determinante dell'area di interpretazione (50 x 50 m), come la presenza di bestiame al pascolo, feci, impronte fresche, aree di stoccaggio, peli strappati, nonché tracce di brucatura e scorzatura da sfregamento e - in caso di pascolo- indicazione del tipo di bestiame. Fonte: rilievo sul terreno (MID 204: Beweidungsart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2493,51 +2493,51 @@
         <v>100.0</v>
       </c>
       <c r="AY20" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ20" s="6">
         <v>100.0</v>
       </c>
       <c r="BA20" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282976/464726</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">traces of pasturing</t>
+            <t xml:space="preserve">tracce di pascolamento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #449</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>