--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,454 +14,454 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>numero di fusti</t>
+    <t>number of stems</t>
   </si>
   <si>
-    <t>stadio di sviluppo · specie arborea principale</t>
+    <t>development stage · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>regione economica</t>
+    <t>economic region</t>
   </si>
   <si>
-    <t>Giura Ovest</t>
+    <t>Western Jura</t>
   </si>
   <si>
-    <t>Giura Est</t>
+    <t>Eastern Jura</t>
   </si>
   <si>
-    <t>Altopiano Ovest</t>
+    <t>Western Plateau</t>
   </si>
   <si>
-    <t>Altopiano Centro</t>
+    <t>Central Plateau</t>
   </si>
   <si>
-    <t>Altopiano Est</t>
+    <t>Eastern Plateau</t>
   </si>
   <si>
-    <t>Prealpi Ovest</t>
+    <t>Western Pre-Alps</t>
   </si>
   <si>
-    <t>Prealpi Centro</t>
+    <t>Central Pre-Alps</t>
   </si>
   <si>
-    <t>Prealpi Est</t>
+    <t>Eastern Pre-Alps</t>
   </si>
   <si>
-    <t>Alpi Nord-Ovest</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Alpi Centro</t>
+    <t>Central Alps</t>
   </si>
   <si>
-    <t>Alpi Nord-Est</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Alpi Sud-Ovest</t>
+    <t>Southwestern Alps</t>
   </si>
   <si>
-    <t>Alpi Sud-Est</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>stadio di sviluppo</t>
+    <t>development stage</t>
   </si>
   <si>
-    <t>specie arborea principale</t>
+    <t>main tree species</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>abete bianco</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>pino</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>larice</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>cembro</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>faggio</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>acero</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>frassino</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>quercia</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>castagno</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>novelleto/spessina</t>
+    <t>young growth/ thicket</t>
   </si>
   <si>
-    <t>perticaia</t>
+    <t>pole timber</t>
   </si>
   <si>
-    <t>fustaia giovane</t>
+    <t>young timber</t>
   </si>
   <si>
-    <t>fustaia adulta</t>
+    <t>medium timber</t>
   </si>
   <si>
-    <t>fustaia matura</t>
+    <t>old timber</t>
   </si>
   <si>
-    <t>misto</t>
+    <t>mixed</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1283958/465708</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stadio di sviluppo</t>
+      <t xml:space="preserve">development stage</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Tappa nell'evoluzione di un popolamento, definito in base al diametro dominante (DPUdom = DPU dei 100 alberi più grossi ad ettaro). Novelleto/spessina: DPUdom &lt;12 cm, perticaia: DPUdom 12-30 cm, fustaia giovane: DPUdom 31-40 cm, fustaia adulta: DPUdom 41-50 cm, fustaia matura: DPUdom &gt;50 cm, misto: alberi di diversi stadi di sviluppo, nessuno stadio di sviluppo predominante oppure gruppi di diversi stadi di sviluppo più piccoli di 5 are. Fonte: rilievo sul terreno (MID 261: Entwicklungsstufe)</t>
+    <t>Stage of stand development, defined by the dominant diameter at breast height (dbhdom = dbh of the 100 largest [thickest] trees per hectare). Young growth/thicket: dbhdom &lt;12 cm, pole timber: dbhdom 12-30 cm, young timber: dbhdom 31-40 cm, medium timber : dbhdom 41-50 cm, old timber: dbhdom &gt;50 cm, mixed: trees of different development stages, no development stage predominant or groups of different development stages covering &lt; 500 m². Reference: Field Survey (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -813,52 +813,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="10.426" bestFit="true" customWidth="true" style="0"/>
@@ -12634,51 +12634,51 @@
         <v>70366</v>
       </c>
       <c r="AD132" s="6">
         <v>4</v>
       </c>
       <c r="AE132" s="6">
         <v>476187</v>
       </c>
       <c r="AF132" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:32" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1283958/465708</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
@@ -12694,226 +12694,226 @@
       <c r="V133" s="3"/>
       <c r="W133" s="3"/>
       <c r="X133" s="3"/>
       <c r="Y133" s="3"/>
       <c r="Z133" s="3"/>
       <c r="AA133" s="3"/>
       <c r="AB133" s="3"/>
       <c r="AC133" s="3"/>
       <c r="AD133" s="3"/>
       <c r="AE133" s="3"/>
       <c r="AF133" s="3"/>
     </row>
     <row r="136" spans="1:32">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:32" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="139" spans="1:32">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stadio di sviluppo</t>
+            <t xml:space="preserve">development stage</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:32" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="142" spans="1:32">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:32" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="145" spans="1:32">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:32" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="148" spans="1:32">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:32" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="151" spans="1:32">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:32" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>