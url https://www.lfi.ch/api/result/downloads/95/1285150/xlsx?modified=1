--- v0 (2026-01-09)
+++ v1 (2026-01-09)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>stadio di sviluppo</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Gehölzartenvielfalt</t>
+  </si>
+  <si>
+    <t>Entwicklungsstufe</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: indice</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Index</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>indice</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Index</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
-[...20 lines deleted...]
-    <t>totale</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Jungwuchs/Dickung</t>
+  </si>
+  <si>
+    <t>Stangenholz</t>
+  </si>
+  <si>
+    <t>schwaches Baumholz</t>
+  </si>
+  <si>
+    <t>mittleres Baumholz</t>
+  </si>
+  <si>
+    <t>starkes Baumholz</t>
+  </si>
+  <si>
+    <t>gemischt</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1285150/466900</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diversità delle specie legnose</t>
+      <t xml:space="preserve">Gehölzartenvielfalt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #36</t>
     </r>
   </si>
   <si>
-    <t>Indicatore ecologico per valutare i popolamenti forestali in funzione del numero di specie legnose di almeno 12 cm di diametro a petto d'uomo (DPU) e della presenza, nello strato superiore del popolamento, di specie legnose con particolare valore ecologico (salici, betulle, ontani, pioppi autoctoni, querce, castagni, ciliegi, alberi da frutto selvatici e sorbi).</t>
+    <t>Masszahl zur ökologischen Beurteilung von Waldbeständen, abgeleitet aus der Anzahl Gehölzarten ab 12 cm Brusthöhendurchmesser (BHD) und dem Vorkommen von Gehölzarten mit spezieller ökologischer Bedeutung (Weiden, Birken, Erlen, einheimische Pappeln, Eichen, Kastanie, Kirschbaum, Wildobst und Sorbus-Arten) in der Oberschicht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stadio di sviluppo</t>
+      <t xml:space="preserve">Entwicklungsstufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Tappa nell'evoluzione di un popolamento, definito in base al diametro dominante (DPUdom = DPU dei 100 alberi più grossi ad ettaro). Novelleto/spessina: DPUdom &lt;12 cm, perticaia: DPUdom 12-30 cm, fustaia giovane: DPUdom 31-40 cm, fustaia adulta: DPUdom 41-50 cm, fustaia matura: DPUdom &gt;50 cm, misto: alberi di diversi stadi di sviluppo, nessuno stadio di sviluppo predominante oppure gruppi di diversi stadi di sviluppo più piccoli di 5 are. Fonte: rilievo sul terreno (MID 261: Entwicklungsstufe)</t>
+    <t>Etappe der Bestandesentwicklung, definiert durch den dominanten Brusthöhendurchmesser (BHDdom = BHD der 100 stärksten [dicksten] Bäume pro Hektare). Jungwuchs/Dickung: BHDdom &lt;12 cm, Stangenholz: BHDdom 12-30 cm, schwaches Baumholz: BHDdom 31-40 cm, mittleres Baumholz: BHDdom 41-50 cm, starkes Baumholz: BHDdom &gt;50 cm, gemischt: Bäume verschiedener Entwicklungsstufe, keine Entwicklungsstufe vorherrschend oder Gruppen verschiedener Entwicklungsstufen, die kleiner als 5 Aren sind. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,62 +709,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1190,233 +1190,233 @@
         <v>2.9</v>
       </c>
       <c r="K20" s="6">
         <v>3</v>
       </c>
       <c r="L20" s="6">
         <v>2.7</v>
       </c>
       <c r="M20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1285150/466900</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diversità delle specie legnose</t>
+            <t xml:space="preserve">Gehölzartenvielfalt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #36</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stadio di sviluppo</t>
+            <t xml:space="preserve">Entwicklungsstufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>