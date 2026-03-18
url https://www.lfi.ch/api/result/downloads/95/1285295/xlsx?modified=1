--- v0 (2025-11-04)
+++ v1 (2026-03-18)
@@ -272,51 +272,51 @@
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Mortalität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren abgestorben (z.B. durch Windwurf oder Insekten) oder verschwunden sind (z.B. durch Lawinen), aber nicht forstlich genutzt wurden. Die Mortalität ist die Summe von natürlichen Abgängen und verbleibender Mortalität.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren abgestorben (z.B. durch Windwurf oder Insekten) oder verschwunden sind (z.B. durch Lawinen), aber nicht forstlich genutzt wurden. Die Mortalität ist die Summe von natürlichen Abgängen und im Bestand verbleibender Mortalität.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>