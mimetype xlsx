--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,380 +14,380 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>IFN1–IFN2</t>
-[...5 lines deleted...]
-    <t>specie arborea (5 classi)</t>
+    <t>LFI1–LFI2</t>
+  </si>
+  <si>
+    <t>Nutzung und Mortalität</t>
+  </si>
+  <si>
+    <t>Baumart (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/anno</t>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1/IFN2</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>variazione 1983/85–1993/95</t>
-[...50 lines deleted...]
-    <t>1000 m³/anno</t>
+    <t>Veränderung 1983/85–1993/95</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...17 lines deleted...]
-    <t>totale</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1285534/467284</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">utilizzazione e mortalità</t>
+      <t xml:space="preserve">Nutzung und Mortalität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #13</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che sono stati utilizzati nel quadro di interventi selvicolturali, sono morti o sono scomparsi tra due inventari.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren genutzt wurden, abgestorben oder verschwunden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea (5 classi)</t>
+      <t xml:space="preserve">Baumart (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Specie arboree e arbustive a partire da 12 cm di diametro a petto d'uomo (DPU) con singole categorie per le tre specie o gruppi di specie più comuni in Svizzera (abete rosso - Picea spp.; abete bianco - Abies spp.; faggio - Fagus sylvatica) e le categorie «altre conifere» e «altre latifoglie» per le altre specie. Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1/IFN2</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #531</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN1 (1983-1985) sia nell'IFN2 (1993-1995), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI1 (1983-1985) als auch im LFI2 (1993-1995) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,51 +739,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
@@ -1778,51 +1778,51 @@
         <v>263</v>
       </c>
       <c r="AC20" s="6">
         <v>11</v>
       </c>
       <c r="AD20" s="6">
         <v>7484</v>
       </c>
       <c r="AE20" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1285534/467284</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1838,191 +1838,191 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">utilizzazione e mortalità</t>
+            <t xml:space="preserve">Nutzung und Mortalität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #13</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea (5 classi)</t>
+            <t xml:space="preserve">Baumart (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1/IFN2</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #531</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>