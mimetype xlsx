--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI1–NFI2</t>
-[...5 lines deleted...]
-    <t>tree species (5 classes)</t>
+    <t>LFI1–LFI2</t>
+  </si>
+  <si>
+    <t>Nutzung und Mortalität</t>
+  </si>
+  <si>
+    <t>Baumart (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1/NFI2</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>m³/ha/yr</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
+    </r>
+  </si>
+  <si>
+    <t>Veränderung 1983/85–1993/95</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>m³/ha/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1285591/467341</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fellings and mortality</t>
+      <t xml:space="preserve">Nutzung und Mortalität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #13</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that were harvested, died or disappeared between two inventories.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren genutzt wurden, abgestorben oder verschwunden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (5 classes)</t>
+      <t xml:space="preserve">Baumart (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1/NFI2</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #531</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs and accessible on foot in both NFI1 (1983-1985) and NFI2 (1993-1995).</t>
+    <t>Wald, der sowohl im LFI1 (1983-1985) als auch im LFI2 (1993-1995) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,64 +715,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1258,235 +1258,235 @@
         <v>2.1</v>
       </c>
       <c r="M20" s="6">
         <v>11</v>
       </c>
       <c r="N20" s="6">
         <v>6.9</v>
       </c>
       <c r="O20" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1285591/467341</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fellings and mortality</t>
+            <t xml:space="preserve">Nutzung und Mortalität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #13</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (5 classes)</t>
+            <t xml:space="preserve">Baumart (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1/NFI2</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #531</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>