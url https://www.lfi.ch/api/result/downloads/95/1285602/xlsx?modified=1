--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>LFI1–LFI2</t>
-[...5 lines deleted...]
-    <t>Baumart (5 Klassen)</t>
+    <t>NFI1–NFI2</t>
+  </si>
+  <si>
+    <t>fellings and mortality</t>
+  </si>
+  <si>
+    <t>tree species (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/Jahr</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1/NFI2</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>change 1983/85–1993/95</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>m³/ha/Jahr</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1285602/467352</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nutzung und Mortalität</t>
+      <t xml:space="preserve">fellings and mortality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #13</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren genutzt wurden, abgestorben oder verschwunden sind.</t>
+    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that were harvested, died or disappeared between two inventories.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumart (5 Klassen)</t>
+      <t xml:space="preserve">tree species (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1/NFI2</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #531</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI1 (1983-1985) als auch im LFI2 (1993-1995) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs and accessible on foot in both NFI1 (1983-1985) and NFI2 (1993-1995).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,64 +715,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1258,235 +1258,235 @@
         <v>2.1</v>
       </c>
       <c r="M20" s="6">
         <v>11</v>
       </c>
       <c r="N20" s="6">
         <v>6.9</v>
       </c>
       <c r="O20" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1285602/467352</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nutzung und Mortalität</t>
+            <t xml:space="preserve">fellings and mortality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #13</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumart (5 Klassen)</t>
+            <t xml:space="preserve">tree species (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1/NFI2</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #531</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>