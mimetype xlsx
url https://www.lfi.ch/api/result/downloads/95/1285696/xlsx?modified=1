--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,465 +14,465 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>total number of stems with two most important forms of damages divided by total number of stems</t>
+    <t>numero totale di fusti con danni (due danni principali) diviso per numero totale di fusti</t>
   </si>
   <si>
-    <t>altitude (in 200 m classes) · type of damage to trees (13 classes)</t>
+    <t>quota (classi di 200 m) · danni agli alberi (13 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>protection forest region</t>
+    <t>regione dei boschi di protezione</t>
   </si>
   <si>
-    <t>Jura + Plateau</t>
+    <t>Giura/Altopiano</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpi nordoccidentali</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpi nordorientali</t>
   </si>
   <si>
-    <t xml:space="preserve">Southwestern Alps </t>
+    <t>Alpi sudoccidentali</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpi sudorientali</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>altitude (in 200 m classes)</t>
+    <t>quota (classi di 200 m)</t>
   </si>
   <si>
-    <t>type of damage to trees (13 classes)</t>
+    <t>danni agli alberi (13 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no visible damage</t>
+    <t>nessun danno visibile</t>
   </si>
   <si>
-    <t>exposed wood core</t>
+    <t>scortecciamento</t>
   </si>
   <si>
-    <t>crack, woundwood rib</t>
+    <t>fessura, cretto</t>
   </si>
   <si>
-    <t>stem breakage</t>
+    <t>stroncatura</t>
   </si>
   <si>
-    <t>defoliation &gt;50%</t>
+    <t>trasparenza della chioma &gt;50%</t>
   </si>
   <si>
-    <t>canker</t>
+    <t>cancro</t>
   </si>
   <si>
-    <t>bark necrosis</t>
+    <t>necrosi della corteccia</t>
   </si>
   <si>
-    <t>resinosis</t>
+    <t>colata di resina</t>
   </si>
   <si>
-    <t>inclusion</t>
+    <t>corpi estranei</t>
   </si>
   <si>
-    <t>stag-headedness</t>
+    <t>cima secca</t>
   </si>
   <si>
-    <t>other type of damage</t>
+    <t>altri danni</t>
   </si>
   <si>
-    <t>lying living trees</t>
+    <t>alberi vivi a terra</t>
   </si>
   <si>
-    <t>dead trees</t>
+    <t>alberi morti</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1601-1800 m</t>
   </si>
   <si>
     <t>1401-1600 m</t>
   </si>
   <si>
     <t>1201-1400 m</t>
   </si>
   <si>
     <t>1001-1200 m</t>
   </si>
   <si>
     <t>801-1000 m</t>
   </si>
   <si>
     <t>601-800 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1285696/467446</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+      <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
+    <t>Numero di fusti degli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) con danni. Vengono considerati solamente i due danni principali di un albero. Visto che un albero può avere diversi danni, esso può contribuire più volte al numero totale di fusti danneggiati.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">numero totale di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 200 m classes)</t>
+      <t xml:space="preserve">quota (classi di 200 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #964</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 200 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 200 m. Fonte: modello digitale DHm²5 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of damage to trees (13 classes)</t>
+      <t xml:space="preserve">danni agli alberi (13 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2667</t>
     </r>
   </si>
   <si>
-    <t>Type of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in thirteen classes. Eleven of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm , and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Danni agli alberi e agli arbusti a partire da 12 cm di diametro a petto d'uomo (DPU), suddivisi in 13 classi. Undici di queste classi riguardano esclusivamente gli alberi e gli arbusti vivi in piedi con un DPU di 12 cm o più, mentre una classe è formata dagli alberi e dagli arbusti vivi a terra e un'altra dagli alberi e dagli arbusti morti con un DPU di 12 cm o più. Fonte: rilievo sul terreno (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -827,52 +827,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -8220,305 +8220,305 @@
         <v>21</v>
       </c>
       <c r="N162" s="7" t="s">
         <v>21</v>
       </c>
       <c r="O162" s="7" t="s">
         <v>21</v>
       </c>
       <c r="P162" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="163" spans="1:16" customHeight="1" ht="21.75">
       <c r="A163" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1285696/467446</t>
           </r>
         </is>
       </c>
       <c r="C163" s="3"/>
       <c r="D163" s="3"/>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="J163" s="3"/>
       <c r="K163" s="3"/>
       <c r="L163" s="3"/>
       <c r="M163" s="3"/>
       <c r="N163" s="3"/>
       <c r="O163" s="3"/>
       <c r="P163" s="3"/>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+            <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="29">
       <c r="A167" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">numero totale di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="170" spans="1:16" customHeight="1" ht="29">
       <c r="A170" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 200 m classes)</t>
+            <t xml:space="preserve">quota (classi di 200 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #964</t>
           </r>
         </is>
       </c>
     </row>
     <row r="173" spans="1:16" customHeight="1" ht="29">
       <c r="A173" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of damage to trees (13 classes)</t>
+            <t xml:space="preserve">danni agli alberi (13 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2667</t>
           </r>
         </is>
       </c>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="29">
       <c r="A176" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="179" spans="1:16" customHeight="1" ht="29">
       <c r="A179" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="29">
       <c r="A182" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="185" spans="1:16" customHeight="1" ht="29">
       <c r="A185" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>