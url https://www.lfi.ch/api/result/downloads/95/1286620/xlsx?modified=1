--- v0 (2025-11-17)
+++ v1 (2026-01-09)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>deadwood volume (merch. wood without piles of branches), lying</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1286620/468370</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
+      <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #215</t>
     </r>
   </si>
   <si>
-    <t>Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
+    <t>Volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable wood pieces in heaps of branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>3363</v>
       </c>
       <c r="AC16" s="6">
         <v>12</v>
       </c>
       <c r="AD16" s="6">
         <v>34386</v>
       </c>
       <c r="AE16" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1286620/468370</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
+            <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #215</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>