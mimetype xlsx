--- v1 (2026-01-09)
+++ v2 (2026-01-11)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume de bois mort (bois fort sans tas de branches) à terre</t>
+  </si>
+  <si>
+    <t>zones supérieures/inférieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...2 lines deleted...]
-    <t>higher altitude zone</t>
+    <t>zones inférieures</t>
+  </si>
+  <si>
+    <t>zones supérieures</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1286620/468370</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
+      <t xml:space="preserve">volume de bois mort (bois fort sans tas de branches) à terre</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #215</t>
     </r>
   </si>
   <si>
-    <t>Volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable wood pieces in heaps of branches.</t>
+    <t>Volume du bois mort à terre d'au moins 7 cm de diamètre (bois fort) sans morceaux de bois fort dans les tas de branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>3363</v>
       </c>
       <c r="AC16" s="6">
         <v>12</v>
       </c>
       <c r="AD16" s="6">
         <v>34386</v>
       </c>
       <c r="AE16" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1286620/468370</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
+            <t xml:space="preserve">volume de bois mort (bois fort sans tas de branches) à terre</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #215</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>