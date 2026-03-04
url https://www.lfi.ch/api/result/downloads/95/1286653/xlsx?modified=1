--- v0 (2026-01-08)
+++ v1 (2026-03-04)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>alte/basse quote</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>basse quote</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>Tieflagen</t>
+  </si>
+  <si>
+    <t>Hochlagen</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1286653/468403</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
+      <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #215</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
+    <t>Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">alte/basse quote</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>4121</v>
       </c>
       <c r="M16" s="6">
         <v>11</v>
       </c>
       <c r="N16" s="6">
         <v>37066</v>
       </c>
       <c r="O16" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1286653/468403</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
+            <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #215</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">alte/basse quote</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>