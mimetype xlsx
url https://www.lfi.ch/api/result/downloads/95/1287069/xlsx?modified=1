--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>IFN1</t>
+  </si>
+  <si>
+    <t>numero di fusti morti IFN1</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 1983/85</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,276 +172,276 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287069/468819</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems NFI1</t>
+      <t xml:space="preserve">numero di fusti morti IFN1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
+    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU) secondo il metodo dell'IFN1. Nell'IFN1 sono stati rilevati solamente gli alberi morti il cui legno era ancora utilizzabile. Inoltre, gli alberi vivi a terra sono stati contati come legno morto.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -793,51 +793,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3641,51 +3641,51 @@
         <v>100.0</v>
       </c>
       <c r="AY27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ27" s="6">
         <v>100.0</v>
       </c>
       <c r="BA27" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287069/468819</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -3723,191 +3723,191 @@
       <c r="AQ28" s="3"/>
       <c r="AR28" s="3"/>
       <c r="AS28" s="3"/>
       <c r="AT28" s="3"/>
       <c r="AU28" s="3"/>
       <c r="AV28" s="3"/>
       <c r="AW28" s="3"/>
       <c r="AX28" s="3"/>
       <c r="AY28" s="3"/>
       <c r="AZ28" s="3"/>
       <c r="BA28" s="3"/>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems NFI1</t>
+            <t xml:space="preserve">numero di fusti morti IFN1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:53">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:53" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>