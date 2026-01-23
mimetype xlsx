--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>IFN1</t>
-[...5 lines deleted...]
-    <t>specie arborea principale</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Totholzstammzahl LFI1</t>
+  </si>
+  <si>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>stato 1983/85</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,276 +172,276 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...38 lines deleted...]
-    <t>totale</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>Föhre</t>
+  </si>
+  <si>
+    <t>Lärche</t>
+  </si>
+  <si>
+    <t>Arve</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>Ahorn</t>
+  </si>
+  <si>
+    <t>Esche</t>
+  </si>
+  <si>
+    <t>Eiche</t>
+  </si>
+  <si>
+    <t>Kastanie</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287069/468819</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti morti IFN1</t>
+      <t xml:space="preserve">Totholzstammzahl LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU) secondo il metodo dell'IFN1. Nell'IFN1 sono stati rilevati solamente gli alberi morti il cui legno era ancora utilizzabile. Inoltre, gli alberi vivi a terra sono stati contati come legno morto.</t>
+    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -793,51 +793,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3641,51 +3641,51 @@
         <v>100.0</v>
       </c>
       <c r="AY27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ27" s="6">
         <v>100.0</v>
       </c>
       <c r="BA27" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287069/468819</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -3723,191 +3723,191 @@
       <c r="AQ28" s="3"/>
       <c r="AR28" s="3"/>
       <c r="AS28" s="3"/>
       <c r="AT28" s="3"/>
       <c r="AU28" s="3"/>
       <c r="AV28" s="3"/>
       <c r="AW28" s="3"/>
       <c r="AX28" s="3"/>
       <c r="AY28" s="3"/>
       <c r="AZ28" s="3"/>
       <c r="BA28" s="3"/>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti morti IFN1</t>
+            <t xml:space="preserve">Totholzstammzahl LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:53">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:53" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>