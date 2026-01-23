--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -17,371 +17,371 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>IFN1</t>
   </si>
   <si>
-    <t>nombre de tiges de bois mort IFN1</t>
-[...2 lines deleted...]
-    <t>essence principale</t>
+    <t>numero di fusti morti IFN1</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...27 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 1983/85</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287170/468920</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
+      <t xml:space="preserve">numero di fusti morti IFN1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP) selon la méthode de l'IFN1. Dans l'IFN1, seuls ont été enregistrés les arbres morts dont le bois était encore utilisable. En outre, les arbres verts à terre ont également été comptés comme bois mort.</t>
+    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU) secondo il metodo dell'IFN1. Nell'IFN1 sono stati rilevati solamente gli alberi morti il cui legno era ancora utilizzabile. Inoltre, gli alberi vivi a terra sono stati contati come legno morto.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1501,233 +1501,233 @@
         <v>15</v>
       </c>
       <c r="K27" s="6">
         <v>13</v>
       </c>
       <c r="L27" s="6">
         <v>16</v>
       </c>
       <c r="M27" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287170/468920</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
+            <t xml:space="preserve">numero di fusti morti IFN1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>