--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,401 +14,401 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Totholzstammzahl LFI1</t>
+  </si>
+  <si>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
-[...50 lines deleted...]
-    <t>n/ha</t>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>Föhre</t>
+  </si>
+  <si>
+    <t>Lärche</t>
+  </si>
+  <si>
+    <t>Arve</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>Ahorn</t>
+  </si>
+  <si>
+    <t>Esche</t>
+  </si>
+  <si>
+    <t>Eiche</t>
+  </si>
+  <si>
+    <t>Kastanie</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287195/468945</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems NFI1</t>
+      <t xml:space="preserve">Totholzstammzahl LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
+    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,80 +760,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -2464,51 +2464,51 @@
         <v>16</v>
       </c>
       <c r="AC27" s="6">
         <v>10</v>
       </c>
       <c r="AD27" s="6">
         <v>16</v>
       </c>
       <c r="AE27" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287195/468945</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -2524,191 +2524,191 @@
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="3"/>
       <c r="Z28" s="3"/>
       <c r="AA28" s="3"/>
       <c r="AB28" s="3"/>
       <c r="AC28" s="3"/>
       <c r="AD28" s="3"/>
       <c r="AE28" s="3"/>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems NFI1</t>
+            <t xml:space="preserve">Totholzstammzahl LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:31">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:31" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>