--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Lawinen (2022) · Stammzahl/ha (BHD ≥36 cm; stehend-lebend; klassiert)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022) · number of stems (dbh ≥36 cm; standing-living; classified)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>Stammzahl/ha (BHD ≥36 cm; stehend-lebend; klassiert)</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022)</t>
+  </si>
+  <si>
+    <t>number of stems (dbh ≥36 cm; standing-living; classified)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-100 Stämme/ha</t>
-[...26 lines deleted...]
-    <t>ausserhalb</t>
+    <t>0-100 stems/ha</t>
+  </si>
+  <si>
+    <t>101-200 stems/ha</t>
+  </si>
+  <si>
+    <t>201-300 stems/ha</t>
+  </si>
+  <si>
+    <t>301-400 stems/ha</t>
+  </si>
+  <si>
+    <t>401-500 stems/ha</t>
+  </si>
+  <si>
+    <t>501- 600 stems/ha</t>
+  </si>
+  <si>
+    <t>&gt;600 stems/ha</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287724/469474</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+      <t xml:space="preserve">protective forest against avalanches (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl/ha (BHD ≥36 cm; stehend-lebend; klassiert)</t>
+      <t xml:space="preserve">number of stems (dbh ≥36 cm; standing-living; classified)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1939</t>
     </r>
   </si>
   <si>
-    <t>Zahl der stehenden lebenden Bäume und Sträucher ab 36 cm Brusthöhendurchmesser (BHD) pro Hektare, eingeteilt in 100er-Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Number of standing living trees and shrubs ≥36 cm in diameter at breast height (dbh) – in classes of 100. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="64.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2435,268 +2435,268 @@
         <v>120.7</v>
       </c>
       <c r="L48" s="6">
         <v>3</v>
       </c>
       <c r="M48" s="6">
         <v>1049.5</v>
       </c>
       <c r="N48" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287724/469474</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+            <t xml:space="preserve">protective forest against avalanches (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:14" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl/ha (BHD ≥36 cm; stehend-lebend; klassiert)</t>
+            <t xml:space="preserve">number of stems (dbh ≥36 cm; standing-living; classified)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1939</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:14" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:14" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>