--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against avalanches (2022) · number of stems (dbh ≥36 cm; standing-living; classified)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022) · numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>number of stems (dbh ≥36 cm; standing-living; classified)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022)</t>
+  </si>
+  <si>
+    <t>numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-100 stems/ha</t>
-[...26 lines deleted...]
-    <t>outside</t>
+    <t>0-100 fusti/ha</t>
+  </si>
+  <si>
+    <t>101-200 fusti/ha</t>
+  </si>
+  <si>
+    <t>201-300 fusti/ha</t>
+  </si>
+  <si>
+    <t>301-400 fusti/ha</t>
+  </si>
+  <si>
+    <t>401-500 fusti/ha</t>
+  </si>
+  <si>
+    <t>501-600 fusti/ha</t>
+  </si>
+  <si>
+    <t>&gt;600 fusti/ha</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287724/469474</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against avalanches (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le valanghe, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems (dbh ≥36 cm; standing-living; classified)</t>
+      <t xml:space="preserve">numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1939</t>
     </r>
   </si>
   <si>
-    <t>Number of standing living trees and shrubs ≥36 cm in diameter at breast height (dbh) – in classes of 100. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Numero per ettaro di alberi e arbusti vivi in piedi a partire da 36 cm di diametro a petto d'uomo (DPU), suddivisi in classi da 100. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="70.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="75.267" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2435,268 +2435,268 @@
         <v>120.7</v>
       </c>
       <c r="L48" s="6">
         <v>3</v>
       </c>
       <c r="M48" s="6">
         <v>1049.5</v>
       </c>
       <c r="N48" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287724/469474</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against avalanches (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:14" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems (dbh ≥36 cm; standing-living; classified)</t>
+            <t xml:space="preserve">numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1939</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:14" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:14" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>