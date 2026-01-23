--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against rockfall (2022) · basal area (standing-living - in 4 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des chutes de pierres ou de blocs (2022) · surface terrière (vifs sur pied; 4 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>basal area (standing-living - in 4 classes)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des chutes de pierres ou de blocs (2022)</t>
+  </si>
+  <si>
+    <t>surface terrière (vifs sur pied; 4 classes)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>=19 m2/ha</t>
   </si>
   <si>
     <t>20-39 m2/ha</t>
   </si>
   <si>
     <t>40-59 m2/ha</t>
   </si>
   <si>
     <t>=60 m2/ha</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>inside</t>
-[...2 lines deleted...]
-    <t>outside</t>
+    <t>à l'intérieur</t>
+  </si>
+  <si>
+    <t>à l'extérieur</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1288631/470381</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">forêt de protection contre des chutes de pierres ou de blocs (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les chutes de pierres ou de blocs délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area (standing-living - in 4 classes)</t>
+      <t xml:space="preserve">surface terrière (vifs sur pied; 4 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1328</t>
     </r>
   </si>
   <si>
-    <t>Basal area of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) per hectare – in four classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Surface terrière des arbres et arbustes vifs sur pied à partir de 12 cm de hauteur de poitrine (DHP), par hectare, en quatre classes. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,51 +777,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
@@ -3374,51 +3374,51 @@
         <v>158.8</v>
       </c>
       <c r="AD36" s="7">
         <v>2</v>
       </c>
       <c r="AE36" s="7">
         <v>1211.5</v>
       </c>
       <c r="AF36" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1288631/470381</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -3434,226 +3434,226 @@
       <c r="V37" s="3"/>
       <c r="W37" s="3"/>
       <c r="X37" s="3"/>
       <c r="Y37" s="3"/>
       <c r="Z37" s="3"/>
       <c r="AA37" s="3"/>
       <c r="AB37" s="3"/>
       <c r="AC37" s="3"/>
       <c r="AD37" s="3"/>
       <c r="AE37" s="3"/>
       <c r="AF37" s="3"/>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:32" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">forêt de protection contre des chutes de pierres ou de blocs (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:32" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area (standing-living - in 4 classes)</t>
+            <t xml:space="preserve">surface terrière (vifs sur pied; 4 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1328</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>