--- v0 (2025-12-08)
+++ v1 (2026-01-24)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against rockfall (2022) · basal area (standing-living - in 4 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Basalfläche (stehend-lebend; 4 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>basal area (standing-living - in 4 classes)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022)</t>
+  </si>
+  <si>
+    <t>Basalfläche (stehend-lebend; 4 Klassen)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>=19 m2/ha</t>
   </si>
   <si>
     <t>20-39 m2/ha</t>
   </si>
   <si>
     <t>40-59 m2/ha</t>
   </si>
   <si>
     <t>=60 m2/ha</t>
   </si>
   <si>
-    <t>total</t>
-[...5 lines deleted...]
-    <t>outside</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1288633/470383</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area (standing-living - in 4 classes)</t>
+      <t xml:space="preserve">Basalfläche (stehend-lebend; 4 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1328</t>
     </r>
   </si>
   <si>
-    <t>Basal area of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) per hectare – in four classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Basalfläche der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) pro Hektare in vier Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2086,270 +2086,270 @@
         <v>158.8</v>
       </c>
       <c r="N36" s="7">
         <v>2</v>
       </c>
       <c r="O36" s="7">
         <v>1211.5</v>
       </c>
       <c r="P36" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1288633/470383</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area (standing-living - in 4 classes)</t>
+            <t xml:space="preserve">Basalfläche (stehend-lebend; 4 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1328</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>