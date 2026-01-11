--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against rockfall (2022) · degree of regeneration cover (7 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022) · grado di copertura della rinnovazione (7 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>degree of regeneration cover (7 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
+  </si>
+  <si>
+    <t>grado di copertura della rinnovazione (7 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>&lt; 1%</t>
+    <t>&lt;1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>total</t>
-[...5 lines deleted...]
-    <t>outside</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1288945/470695</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of regeneration cover (7 classes)</t>
+      <t xml:space="preserve">grado di copertura della rinnovazione (7 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #930</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the area covered by regeneration, i.e. broadleaves and conifers ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) - in seven classes. The variable has been in use since NFI3 (2004-2006). For comparisons going back to NFI2 (1993-1995), the variable «degree of regeneration cover (6 classes)» can be used. Reference: Field Survey (MID 270: Verjüngungs-Deckungsgrad)</t>
+    <t>Percentuale della superficie coperta dalla rinnovazione, ossia dalle specie arboree di conifere e latifoglie a partire da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU), in 7 classi. Questo attributo è disponibile a partire dall'IFN3 (2004-2006). Per comparazioni che vanno fino all'IFN2 (1993-1995), si può usare l'attributo «grado di copertura della rinnovazione (6 classi)». Fonte: rilievo sul terreno (MID 270: Verjüngungs-Deckungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="59.985" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2668,270 +2668,270 @@
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O48" s="6">
         <v>100.0</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1288945/470695</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
       <c r="P49" s="3"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of regeneration cover (7 classes)</t>
+            <t xml:space="preserve">grado di copertura della rinnovazione (7 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #930</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>