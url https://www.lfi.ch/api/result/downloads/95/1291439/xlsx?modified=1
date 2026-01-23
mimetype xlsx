--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,188 +14,188 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Jahr der Aufforstung (10-Jahres-Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>année d'afforestation (décennies)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: forêt accessible</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Aufforstung oder unbekannt</t>
-[...2 lines deleted...]
-    <t>vor 1851</t>
+    <t>pas d'afforestation ou inconnue</t>
+  </si>
+  <si>
+    <t>avant 1851</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
@@ -211,222 +211,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291439/473189</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jahr der Aufforstung (10-Jahres-Klassen)</t>
+      <t xml:space="preserve">année d'afforestation (décennies)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1002</t>
     </r>
   </si>
   <si>
-    <t>Jahr, in dem der Wald in den vergangenen Jahrhunderten (wieder) aufgeforstet wurde, in Klassen zu zehn Jahren. Grundlage: Forstdienstbefragung (MID 332: Jahr der Aufforstung)</t>
+    <t>Année au cours de laquelle la forêt a été (re)reboisée au cours des siècles précédents, en classes de dix ans. Source: enquête auprès des services forestiers (MID 332: Année d'afforestation)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">forêt accessible</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Surface répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», et atteignable à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -778,51 +778,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -3052,51 +3052,51 @@
         <v>172.7</v>
       </c>
       <c r="AC33" s="6">
         <v>2</v>
       </c>
       <c r="AD33" s="6">
         <v>1270.3</v>
       </c>
       <c r="AE33" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="21.75">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291439/473189</t>
           </r>
         </is>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
@@ -3112,191 +3112,191 @@
       <c r="U34" s="3"/>
       <c r="V34" s="3"/>
       <c r="W34" s="3"/>
       <c r="X34" s="3"/>
       <c r="Y34" s="3"/>
       <c r="Z34" s="3"/>
       <c r="AA34" s="3"/>
       <c r="AB34" s="3"/>
       <c r="AC34" s="3"/>
       <c r="AD34" s="3"/>
       <c r="AE34" s="3"/>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jahr der Aufforstung (10-Jahres-Klassen)</t>
+            <t xml:space="preserve">année d'afforestation (décennies)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1002</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:31">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:31" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="46" spans="1:31">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">forêt accessible</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:31" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:31">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:31" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>