--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -17,185 +17,185 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>surface forestière</t>
-[...2 lines deleted...]
-    <t>année d'afforestation (décennies)</t>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>anno del rimboschimento (classi di 10 anni)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible</t>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...47 lines deleted...]
-    <t>Suisse</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'afforestation ou inconnue</t>
-[...2 lines deleted...]
-    <t>avant 1851</t>
+    <t>nessun rimboschimento o sconosciuto</t>
+  </si>
+  <si>
+    <t>prima del 1851</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
@@ -211,222 +211,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291439/473189</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">année d'afforestation (décennies)</t>
+      <t xml:space="preserve">anno del rimboschimento (classi di 10 anni)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1002</t>
     </r>
   </si>
   <si>
-    <t>Année au cours de laquelle la forêt a été (re)reboisée au cours des siècles précédents, en classes de dix ans. Source: enquête auprès des services forestiers (MID 332: Année d'afforestation)</t>
+    <t>Anno in cui la foresta è stata (ri)imboschita negli ultimi secoli, in classi di dieci anni. Fonte: inchiesta presso il servizio forestale (MID 332: Jahr der Aufforstung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Surface répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», et atteignable à pied.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -778,51 +778,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -3052,51 +3052,51 @@
         <v>172.7</v>
       </c>
       <c r="AC33" s="6">
         <v>2</v>
       </c>
       <c r="AD33" s="6">
         <v>1270.3</v>
       </c>
       <c r="AE33" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="21.75">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291439/473189</t>
           </r>
         </is>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
@@ -3112,191 +3112,191 @@
       <c r="U34" s="3"/>
       <c r="V34" s="3"/>
       <c r="W34" s="3"/>
       <c r="X34" s="3"/>
       <c r="Y34" s="3"/>
       <c r="Z34" s="3"/>
       <c r="AA34" s="3"/>
       <c r="AB34" s="3"/>
       <c r="AC34" s="3"/>
       <c r="AD34" s="3"/>
       <c r="AE34" s="3"/>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">année d'afforestation (décennies)</t>
+            <t xml:space="preserve">anno del rimboschimento (classi di 10 anni)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1002</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:31">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:31" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="46" spans="1:31">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:31" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:31">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:31" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>